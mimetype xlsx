--- v0 (2025-11-08)
+++ v1 (2026-01-12)
@@ -3206,50 +3206,53 @@
       </c>
       <c r="C29">
         <v>2</v>
       </c>
       <c r="D29">
         <v>-8</v>
       </c>
       <c r="E29" t="str">
         <v>HC</v>
       </c>
       <c r="F29" t="str">
         <v>22</v>
       </c>
       <c r="G29">
         <v>22</v>
       </c>
       <c r="H29" t="str">
         <v>Sam Welty</v>
       </c>
       <c r="I29">
         <v>10</v>
       </c>
       <c r="J29">
         <v>66</v>
       </c>
+      <c r="K29">
+        <v>319873</v>
+      </c>
       <c r="L29" t="str">
         <v>samwelty</v>
       </c>
       <c r="M29">
         <v>10</v>
       </c>
       <c r="N29">
         <v>66</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>2</v>
       </c>
       <c r="Q29">
         <v>6</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">