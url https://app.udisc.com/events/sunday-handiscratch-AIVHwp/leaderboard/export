--- v0 (2025-11-28)
+++ v1 (2026-01-12)
@@ -2624,50 +2624,53 @@
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23">
         <v>-13</v>
       </c>
       <c r="E23" t="str">
         <v>HC</v>
       </c>
       <c r="F23" t="str">
         <v>17</v>
       </c>
       <c r="G23">
         <v>17</v>
       </c>
       <c r="H23" t="str">
         <v>Sam Welty</v>
       </c>
       <c r="I23">
         <v>16</v>
       </c>
       <c r="J23">
         <v>75</v>
       </c>
+      <c r="K23">
+        <v>319873</v>
+      </c>
       <c r="L23" t="str">
         <v>samwelty</v>
       </c>
       <c r="M23">
         <v>16</v>
       </c>
       <c r="N23">
         <v>75</v>
       </c>
       <c r="O23">
         <v>5</v>
       </c>
       <c r="P23">
         <v>8</v>
       </c>
       <c r="Q23">
         <v>5</v>
       </c>
       <c r="R23">
         <v>4</v>
       </c>
       <c r="S23">
         <v>4</v>
       </c>
       <c r="T23">