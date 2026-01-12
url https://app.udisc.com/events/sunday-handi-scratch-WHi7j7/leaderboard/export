--- v0 (2025-12-19)
+++ v1 (2026-01-12)
@@ -3010,50 +3010,53 @@
       </c>
       <c r="C27">
         <v>8</v>
       </c>
       <c r="D27">
         <v>-10</v>
       </c>
       <c r="E27" t="str">
         <v>HC</v>
       </c>
       <c r="F27" t="str">
         <v>19</v>
       </c>
       <c r="G27">
         <v>19</v>
       </c>
       <c r="H27" t="str">
         <v>Sam Welty</v>
       </c>
       <c r="I27">
         <v>18</v>
       </c>
       <c r="J27">
         <v>76</v>
       </c>
+      <c r="K27">
+        <v>319873</v>
+      </c>
       <c r="L27" t="str">
         <v>samwelty</v>
       </c>
       <c r="M27">
         <v>18</v>
       </c>
       <c r="N27">
         <v>76</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>8</v>
       </c>
       <c r="Q27">
         <v>3</v>
       </c>
       <c r="R27">
         <v>6</v>
       </c>
       <c r="S27">
         <v>2</v>
       </c>
       <c r="T27">