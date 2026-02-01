--- v0 (2025-11-10)
+++ v1 (2026-02-01)
@@ -1575,51 +1575,51 @@
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>All</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Jody Rauls &amp; Frank Taylor</v>
       </c>
       <c r="E13">
         <v>-3</v>
       </c>
       <c r="F13">
         <v>60</v>
       </c>
       <c r="H13" t="str">
-        <v>jrauls16,biggieman69</v>
+        <v>jrauls16,biggman69</v>
       </c>
       <c r="I13">
         <v>-3</v>
       </c>
       <c r="J13">
         <v>60</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>