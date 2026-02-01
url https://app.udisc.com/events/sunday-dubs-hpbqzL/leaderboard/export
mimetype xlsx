--- v0 (2025-11-10)
+++ v1 (2026-02-01)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>All</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Joshua Blanton &amp; Frank Taylor</v>
       </c>
       <c r="E2">
         <v>-9</v>
       </c>
       <c r="F2">
         <v>52</v>
       </c>
       <c r="H2" t="str">
-        <v>jblanton13,biggieman69</v>
+        <v>jblanton13,biggman69</v>
       </c>
       <c r="I2">
         <v>-9</v>
       </c>
       <c r="J2">
         <v>52</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>