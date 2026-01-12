--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1484,50 +1484,53 @@
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Howie Permar</v>
       </c>
       <c r="E13">
         <v>4</v>
       </c>
       <c r="F13">
         <v>58</v>
       </c>
+      <c r="G13">
+        <v>104150</v>
+      </c>
       <c r="H13" t="str">
         <v>hp3420</v>
       </c>
       <c r="I13">
         <v>4</v>
       </c>
       <c r="J13">
         <v>58</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
@@ -2162,50 +2165,53 @@
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
         <v>Jacob Garrison</v>
       </c>
       <c r="E21">
         <v>9</v>
       </c>
       <c r="F21">
         <v>63</v>
+      </c>
+      <c r="G21">
+        <v>315716</v>
       </c>
       <c r="H21" t="str">
         <v>greaterthanjake</v>
       </c>
       <c r="I21">
         <v>9</v>
       </c>
       <c r="J21">
         <v>63</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>