--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -2357,50 +2357,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="E27" t="str">
         <v>BEG</v>
       </c>
       <c r="F27" t="str">
         <v>T6</v>
       </c>
       <c r="G27">
         <v>6</v>
       </c>
       <c r="H27" t="str">
         <v>Neil</v>
       </c>
       <c r="I27">
         <v>8</v>
       </c>
       <c r="J27">
         <v>37</v>
       </c>
       <c r="K27">
         <v>2</v>
       </c>
+      <c r="L27">
+        <v>318668</v>
+      </c>
       <c r="M27" t="str">
         <v>ssjagrippa</v>
       </c>
       <c r="N27">
         <v>8</v>
       </c>
       <c r="O27">
         <v>37</v>
       </c>
       <c r="P27">
         <v>4</v>
       </c>
       <c r="Q27">
         <v>5</v>
       </c>
       <c r="R27">
         <v>5</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
         <v>4</v>
       </c>
       <c r="U27">
@@ -3234,351 +3237,354 @@
         <v>4</v>
       </c>
       <c r="R40">
         <v>4</v>
       </c>
       <c r="S40">
         <v>5</v>
       </c>
       <c r="T40">
         <v>4</v>
       </c>
       <c r="U40">
         <v>4</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
         <v>3</v>
       </c>
       <c r="X40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
-      <c r="C41">
-[...4 lines deleted...]
-      </c>
       <c r="E41" t="str">
-        <v>INT</v>
+        <v>BEG</v>
       </c>
       <c r="F41" t="str">
         <v>DUP</v>
       </c>
       <c r="H41" t="str">
-        <v xml:space="preserve">Aaron Marsters </v>
+        <v>Neil</v>
       </c>
       <c r="I41">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="J41">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="K41">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="L41">
+        <v>318668</v>
       </c>
       <c r="M41" t="str">
-        <v>corvette</v>
+        <v>ssjagrippa</v>
       </c>
       <c r="N41">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="O41">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="P41">
         <v>5</v>
       </c>
       <c r="Q41">
         <v>5</v>
       </c>
       <c r="R41">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="S41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T41">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="U41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V41">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X41">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42">
       <c r="C42">
         <v>2</v>
       </c>
       <c r="D42">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="E42" t="str">
         <v>INT</v>
       </c>
       <c r="F42" t="str">
         <v>DUP</v>
       </c>
       <c r="H42" t="str">
-        <v>Brad Hicks</v>
+        <v xml:space="preserve">Aaron Marsters </v>
       </c>
       <c r="I42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J42">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M42" t="str">
-        <v>bradhi</v>
+        <v>corvette</v>
       </c>
       <c r="N42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O42">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="P42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q42">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R42">
         <v>5</v>
       </c>
       <c r="S42">
         <v>3</v>
       </c>
       <c r="T42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W42">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="C43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D43">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="E43" t="str">
-        <v>BEG</v>
+        <v>INT</v>
       </c>
       <c r="F43" t="str">
         <v>DUP</v>
       </c>
       <c r="H43" t="str">
-        <v>Jason Ho</v>
+        <v>Brad Hicks</v>
       </c>
       <c r="I43">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J43">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="M43" t="str">
-        <v>whatapout</v>
+        <v>bradhi</v>
       </c>
       <c r="N43">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O43">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="P43">
         <v>3</v>
       </c>
       <c r="Q43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R43">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S43">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T43">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U43">
         <v>3</v>
       </c>
       <c r="V43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W43">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="C44">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D44">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="E44" t="str">
-        <v>INT</v>
+        <v>BEG</v>
       </c>
       <c r="F44" t="str">
         <v>DUP</v>
       </c>
       <c r="H44" t="str">
-        <v>Jordan Speck</v>
+        <v>Jason Ho</v>
       </c>
       <c r="I44">
+        <v>6</v>
+      </c>
+      <c r="J44">
+        <v>35</v>
+      </c>
+      <c r="K44">
+        <v>1</v>
+      </c>
+      <c r="M44" t="str">
+        <v>whatapout</v>
+      </c>
+      <c r="N44">
+        <v>6</v>
+      </c>
+      <c r="O44">
+        <v>35</v>
+      </c>
+      <c r="P44">
+        <v>3</v>
+      </c>
+      <c r="Q44">
+        <v>3</v>
+      </c>
+      <c r="R44">
+        <v>4</v>
+      </c>
+      <c r="S44">
+        <v>5</v>
+      </c>
+      <c r="T44">
+        <v>6</v>
+      </c>
+      <c r="U44">
+        <v>3</v>
+      </c>
+      <c r="V44">
+        <v>4</v>
+      </c>
+      <c r="W44">
+        <v>4</v>
+      </c>
+      <c r="X44">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="C45">
         <v>8</v>
       </c>
-      <c r="J44">
-[...42 lines deleted...]
-    <row r="45">
+      <c r="D45">
+        <v>0</v>
+      </c>
       <c r="E45" t="str">
-        <v>BEG</v>
+        <v>INT</v>
       </c>
       <c r="F45" t="str">
         <v>DUP</v>
       </c>
       <c r="H45" t="str">
-        <v>Neil</v>
+        <v>Jordan Speck</v>
       </c>
       <c r="I45">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="J45">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="M45" t="str">
-        <v>ssjagrippa</v>
+        <v>jordanspeck</v>
       </c>
       <c r="N45">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="O45">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="P45">
         <v>5</v>
       </c>
       <c r="Q45">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R45">
         <v>7</v>
       </c>
       <c r="S45">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T45">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="U45">
         <v>4</v>
       </c>
       <c r="V45">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X45">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="C46">
         <v>7</v>
       </c>
       <c r="D46">
         <v>-1</v>
       </c>
       <c r="E46" t="str">
         <v>BEG</v>
       </c>
       <c r="F46" t="str">
         <v>DUP</v>
       </c>
       <c r="H46" t="str">
         <v>Steve Bohling</v>
       </c>
       <c r="I46">
         <v>8</v>
       </c>
       <c r="J46">
         <v>37</v>
       </c>
       <c r="K46">