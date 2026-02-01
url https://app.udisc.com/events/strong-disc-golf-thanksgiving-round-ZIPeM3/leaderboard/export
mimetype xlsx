--- v0 (2025-12-25)
+++ v1 (2026-02-01)
@@ -843,51 +843,51 @@
       </c>
       <c r="AN3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>REC</v>
       </c>
       <c r="B4" t="str">
         <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Dexter</v>
       </c>
       <c r="E4">
         <v>9</v>
       </c>
       <c r="F4">
         <v>100</v>
       </c>
       <c r="H4" t="str">
-        <v>dxrvalley3</v>
+        <v>dxrmv3</v>
       </c>
       <c r="I4">
         <v>9</v>
       </c>
       <c r="J4">
         <v>100</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>