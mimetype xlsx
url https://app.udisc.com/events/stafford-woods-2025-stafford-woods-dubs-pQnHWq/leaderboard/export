--- v0 (2026-01-24)
+++ v1 (2026-02-13)
@@ -1206,249 +1206,369 @@
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>B</v>
       </c>
       <c r="B10" t="str">
         <v>6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
-        <v>Erik cistaro &amp; Yashar Ebady</v>
+        <v>Daniel Naylor</v>
       </c>
       <c r="E10">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F10">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="H10" t="str">
-        <v>chauncey,yoshyosh</v>
+        <v>dmn1980</v>
       </c>
       <c r="I10">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J10">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10">
         <v>4</v>
       </c>
       <c r="V10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>B</v>
       </c>
       <c r="B11" t="str">
-        <v>7</v>
+        <v>T7</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11" t="str">
-        <v>Benji Hanneman &amp; Ian Hazelton</v>
+        <v>Erik cistaro &amp; Yashar Ebady</v>
       </c>
       <c r="E11">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F11">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H11" t="str">
-        <v>benji0504,haz31nut</v>
+        <v>chauncey,yoshyosh</v>
       </c>
       <c r="I11">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J11">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y11">
         <v>4</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>B</v>
       </c>
+      <c r="B12" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C12">
+        <v>7</v>
+      </c>
       <c r="D12" t="str">
         <v>Wyatt M.  &amp; Ryan Mayer</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F12">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="H12" t="str">
         <v>wmwm72,exh4l3</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J12">
-        <v>0</v>
+        <v>59</v>
+      </c>
+      <c r="K12">
+        <v>3</v>
+      </c>
+      <c r="L12">
+        <v>4</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>4</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>3</v>
+      </c>
+      <c r="T12">
+        <v>2</v>
+      </c>
+      <c r="U12">
+        <v>4</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>2</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>4</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>4</v>
+      </c>
+      <c r="AB12">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>B</v>
       </c>
+      <c r="B13" t="str">
+        <v>9</v>
+      </c>
+      <c r="C13">
+        <v>9</v>
+      </c>
       <c r="D13" t="str">
-        <v>Daniel Naylor</v>
+        <v>Benji Hanneman &amp; Ian Hazelton</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F13">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="H13" t="str">
-        <v>dmn1980</v>
+        <v>benji0504,haz31nut</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J13">
-        <v>0</v>
+        <v>60</v>
+      </c>
+      <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>4</v>
+      </c>
+      <c r="M13">
+        <v>3</v>
+      </c>
+      <c r="N13">
+        <v>4</v>
+      </c>
+      <c r="O13">
+        <v>4</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>2</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
+        <v>2</v>
+      </c>
+      <c r="W13">
+        <v>3</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>4</v>
+      </c>
+      <c r="Z13">
+        <v>3</v>
+      </c>
+      <c r="AA13">
+        <v>4</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB13"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>