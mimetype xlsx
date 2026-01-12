--- v0 (2025-11-09)
+++ v1 (2026-01-12)
@@ -7451,52 +7451,55 @@
         <v>1</v>
       </c>
       <c r="AD81">
         <v>2</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>RED</v>
       </c>
       <c r="B82" t="str">
         <v>DNF</v>
       </c>
       <c r="D82" t="str">
         <v>Andy Lang</v>
       </c>
       <c r="E82">
         <v>9</v>
       </c>
       <c r="F82">
         <v>63</v>
       </c>
       <c r="G82">
         <v>1</v>
       </c>
+      <c r="H82">
+        <v>208724</v>
+      </c>
       <c r="I82" t="str">
-        <v>swiftavenger</v>
+        <v>langthrows</v>
       </c>
       <c r="J82">
         <v>9</v>
       </c>
       <c r="K82">
         <v>63</v>
       </c>
       <c r="L82">
         <v>5</v>
       </c>
       <c r="M82">
         <v>5</v>
       </c>
       <c r="N82">
         <v>3</v>
       </c>
       <c r="P82">
         <v>5</v>
       </c>
       <c r="Q82">
         <v>3</v>
       </c>
       <c r="R82">
         <v>3</v>
       </c>