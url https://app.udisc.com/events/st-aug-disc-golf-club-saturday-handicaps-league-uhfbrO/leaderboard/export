--- v0 (2025-10-06)
+++ v1 (2025-12-18)
@@ -2113,50 +2113,53 @@
         <v>6</v>
       </c>
       <c r="AJ15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Angie reynolds</v>
       </c>
       <c r="E16">
         <v>-1</v>
       </c>
       <c r="F16">
         <v>82</v>
       </c>
+      <c r="G16">
+        <v>295745</v>
+      </c>
       <c r="H16" t="str">
         <v>areynolds1970</v>
       </c>
       <c r="I16">
         <v>-1</v>
       </c>
       <c r="J16">
         <v>82</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">