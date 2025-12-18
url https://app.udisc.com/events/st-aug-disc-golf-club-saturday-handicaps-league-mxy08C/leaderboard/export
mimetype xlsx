--- v0 (2025-10-06)
+++ v1 (2025-12-18)
@@ -2434,50 +2434,53 @@
         <v>6</v>
       </c>
       <c r="AJ18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Angie reynolds</v>
       </c>
       <c r="E19">
         <v>12</v>
       </c>
       <c r="F19">
         <v>95</v>
       </c>
+      <c r="G19">
+        <v>295745</v>
+      </c>
       <c r="H19" t="str">
         <v>areynolds1970</v>
       </c>
       <c r="I19">
         <v>12</v>
       </c>
       <c r="J19">
         <v>95</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>6</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">