--- v0 (2025-10-06)
+++ v1 (2025-12-18)
@@ -2541,50 +2541,53 @@
         <v>4</v>
       </c>
       <c r="AJ19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Angie reynolds</v>
       </c>
       <c r="E20">
         <v>-1</v>
       </c>
       <c r="F20">
         <v>82</v>
       </c>
+      <c r="G20">
+        <v>295745</v>
+      </c>
       <c r="H20" t="str">
         <v>areynolds1970</v>
       </c>
       <c r="I20">
         <v>-1</v>
       </c>
       <c r="J20">
         <v>82</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>4</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">