--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -2648,50 +2648,53 @@
         <v>5</v>
       </c>
       <c r="AJ20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Angie reynolds</v>
       </c>
       <c r="E21">
         <v>5</v>
       </c>
       <c r="F21">
         <v>88</v>
       </c>
+      <c r="G21">
+        <v>295745</v>
+      </c>
       <c r="H21" t="str">
         <v>areynolds1970</v>
       </c>
       <c r="I21">
         <v>5</v>
       </c>
       <c r="J21">
         <v>88</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>5</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">