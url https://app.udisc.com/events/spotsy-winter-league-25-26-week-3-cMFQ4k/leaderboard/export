--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -1313,286 +1313,289 @@
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>T1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
-        <v>Arron</v>
+        <v>Tanner Rains</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
         <v>64</v>
       </c>
+      <c r="G11">
+        <v>300835</v>
+      </c>
       <c r="H11" t="str">
-        <v>corbinarron</v>
+        <v>tmon3yaot</v>
       </c>
       <c r="I11">
         <v>5</v>
       </c>
       <c r="J11">
         <v>64</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA3</v>
       </c>
       <c r="B12" t="str">
         <v>T1</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="str">
-        <v>Ryan Cloude</v>
+        <v>Arron</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>64</v>
       </c>
       <c r="H12" t="str">
-        <v>rcloude9</v>
+        <v>corbinarron</v>
       </c>
       <c r="I12">
         <v>5</v>
       </c>
       <c r="J12">
         <v>64</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA3</v>
       </c>
       <c r="B13" t="str">
         <v>T1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="str">
-        <v>Tanner Rains</v>
+        <v>Ryan Cloude</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
         <v>64</v>
       </c>
       <c r="H13" t="str">
-        <v>tmon3yaot</v>
+        <v>rcloude9</v>
       </c>
       <c r="I13">
         <v>5</v>
       </c>
       <c r="J13">
         <v>64</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
         <v>5</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>4</v>
       </c>
       <c r="Z13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>4</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
       <c r="D14" t="str">
         <v>Munseok Kim</v>
       </c>
       <c r="E14">
         <v>7</v>
       </c>
       <c r="F14">
         <v>66</v>
       </c>
       <c r="H14" t="str">
         <v>munseokkim98</v>
       </c>
       <c r="I14">