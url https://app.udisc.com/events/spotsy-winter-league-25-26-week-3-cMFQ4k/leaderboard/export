--- v1 (2025-12-17)
+++ v2 (2026-01-10)
@@ -1900,203 +1900,206 @@
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>5</v>
       </c>
       <c r="AB17">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA4</v>
       </c>
       <c r="B18" t="str">
         <v>T2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
-        <v xml:space="preserve">Dennis Osborne </v>
+        <v>Luke Mendelsohn</v>
       </c>
       <c r="E18">
         <v>19</v>
       </c>
       <c r="F18">
         <v>78</v>
       </c>
+      <c r="G18">
+        <v>320056</v>
+      </c>
       <c r="H18" t="str">
-        <v>mctanker</v>
+        <v>lukemendelsohn</v>
       </c>
       <c r="I18">
         <v>19</v>
       </c>
       <c r="J18">
         <v>78</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="O18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="R18">
         <v>4</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U18">
         <v>5</v>
       </c>
       <c r="V18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X18">
         <v>5</v>
       </c>
       <c r="Y18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB18">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA4</v>
       </c>
       <c r="B19" t="str">
         <v>T2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
-        <v>Luke Mendelsohn</v>
+        <v xml:space="preserve">Dennis Osborne </v>
       </c>
       <c r="E19">
         <v>19</v>
       </c>
       <c r="F19">
         <v>78</v>
       </c>
       <c r="H19" t="str">
-        <v>lukemendelsohn</v>
+        <v>mctanker</v>
       </c>
       <c r="I19">
         <v>19</v>
       </c>
       <c r="J19">
         <v>78</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="O19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q19">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R19">
         <v>4</v>
       </c>
       <c r="S19">
         <v>4</v>
       </c>
       <c r="T19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>5</v>
       </c>
       <c r="V19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X19">
         <v>5</v>
       </c>
       <c r="Y19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB19">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA4</v>
       </c>
       <c r="B20" t="str">
         <v>4</v>
       </c>
       <c r="C20">
         <v>4</v>
       </c>
       <c r="D20" t="str">
         <v>Foster Midkiff</v>
       </c>
       <c r="E20">
         <v>20</v>
       </c>
       <c r="F20">
         <v>79</v>
       </c>
       <c r="H20" t="str">
         <v>fostermidkiff</v>
       </c>
       <c r="I20">