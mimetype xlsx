--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -2270,50 +2270,53 @@
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA3</v>
       </c>
       <c r="B22" t="str">
         <v>1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
         <v>Tanner Rains</v>
       </c>
       <c r="E22">
         <v>-1</v>
       </c>
       <c r="F22">
         <v>53</v>
       </c>
+      <c r="G22">
+        <v>300835</v>
+      </c>
       <c r="H22" t="str">
         <v>tmon3yaot</v>
       </c>
       <c r="I22">
         <v>-1</v>
       </c>
       <c r="J22">
         <v>53</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">