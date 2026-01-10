--- v1 (2025-12-17)
+++ v2 (2026-01-10)
@@ -3118,50 +3118,53 @@
         <v>3</v>
       </c>
       <c r="AB31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA4</v>
       </c>
       <c r="B32" t="str">
         <v>6</v>
       </c>
       <c r="C32">
         <v>6</v>
       </c>
       <c r="D32" t="str">
         <v>Luke Mendelsohn</v>
       </c>
       <c r="E32">
         <v>9</v>
       </c>
       <c r="F32">
         <v>63</v>
       </c>
+      <c r="G32">
+        <v>320056</v>
+      </c>
       <c r="H32" t="str">
         <v>lukemendelsohn</v>
       </c>
       <c r="I32">
         <v>9</v>
       </c>
       <c r="J32">
         <v>63</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>4</v>
       </c>
       <c r="O32">
         <v>5</v>
       </c>
       <c r="P32">