--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -1951,50 +1951,53 @@
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="E16" t="str">
         <v>MEN</v>
       </c>
       <c r="F16" t="str">
         <v>14</v>
       </c>
       <c r="G16">
         <v>14</v>
       </c>
       <c r="H16" t="str">
         <v>Justin kelley</v>
       </c>
       <c r="I16">
         <v>15</v>
       </c>
       <c r="J16">
         <v>69</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
+      <c r="L16">
+        <v>315945</v>
+      </c>
       <c r="M16" t="str">
         <v>azhuntman</v>
       </c>
       <c r="N16">
         <v>15</v>
       </c>
       <c r="O16">
         <v>69</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>5</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>
       <c r="U16">