--- v0 (2025-11-28)
+++ v1 (2025-12-19)
@@ -2418,50 +2418,53 @@
         <v>36</v>
       </c>
       <c r="P40">
         <v>36</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
         <v>19</v>
       </c>
       <c r="C41">
         <v>19</v>
       </c>
       <c r="D41" t="str">
         <v>Dominik Baran</v>
       </c>
       <c r="E41">
         <v>2</v>
       </c>
       <c r="F41">
         <v>134</v>
       </c>
+      <c r="G41">
+        <v>319087</v>
+      </c>
       <c r="H41" t="str">
         <v>dodek492</v>
       </c>
       <c r="I41">
         <v>-3</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
       <c r="K41">
         <v>-1</v>
       </c>
       <c r="L41">
         <v>6</v>
       </c>
       <c r="M41">
         <v>30</v>
       </c>
       <c r="N41">
         <v>33</v>
       </c>
       <c r="O41">
         <v>32</v>
       </c>
       <c r="P41">
@@ -4924,146 +4927,149 @@
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
         <v>2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>RAF</v>
       </c>
       <c r="B28" t="str">
         <v>T6</v>
       </c>
       <c r="C28">
         <v>6</v>
       </c>
       <c r="D28" t="str">
-        <v>Bernard Zaczyński</v>
+        <v>Dominik Baran</v>
       </c>
       <c r="E28">
         <v>-3</v>
       </c>
       <c r="F28">
         <v>30</v>
       </c>
+      <c r="G28">
+        <v>319087</v>
+      </c>
       <c r="H28" t="str">
-        <v>bernos</v>
+        <v>dodek492</v>
       </c>
       <c r="I28">
         <v>-3</v>
       </c>
       <c r="J28">
         <v>30</v>
       </c>
       <c r="K28">
         <v>2</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
         <v>3</v>
       </c>
       <c r="S28">
         <v>2</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>RAF</v>
       </c>
       <c r="B29" t="str">
         <v>T6</v>
       </c>
       <c r="C29">
         <v>6</v>
       </c>
       <c r="D29" t="str">
-        <v>Dominik Baran</v>
+        <v>Bernard Zaczyński</v>
       </c>
       <c r="E29">
         <v>-3</v>
       </c>
       <c r="F29">
         <v>30</v>
       </c>
       <c r="H29" t="str">
-        <v>dodek492</v>
+        <v>bernos</v>
       </c>
       <c r="I29">
         <v>-3</v>
       </c>
       <c r="J29">
         <v>30</v>
       </c>
       <c r="K29">
         <v>2</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
         <v>2</v>
       </c>
       <c r="T29">
         <v>3</v>
       </c>
       <c r="U29">
         <v>2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>RAF</v>
       </c>
       <c r="B30" t="str">
         <v>T8</v>
       </c>
       <c r="C30">
@@ -9032,50 +9038,53 @@
         <v>3</v>
       </c>
       <c r="U36">
         <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
         <v>T10</v>
       </c>
       <c r="C37">
         <v>10</v>
       </c>
       <c r="D37" t="str">
         <v>Dominik Baran</v>
       </c>
       <c r="E37">
         <v>-3</v>
       </c>
       <c r="F37">
         <v>63</v>
       </c>
+      <c r="G37">
+        <v>319087</v>
+      </c>
       <c r="H37" t="str">
         <v>dodek492</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>33</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37">
         <v>4</v>
       </c>
       <c r="P37">
@@ -12320,50 +12329,53 @@
         <v>2</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>RAF</v>
       </c>
       <c r="B33" t="str">
         <v>T10</v>
       </c>
       <c r="C33">
         <v>10</v>
       </c>
       <c r="D33" t="str">
         <v>Dominik Baran</v>
       </c>
       <c r="E33">
         <v>-4</v>
       </c>
       <c r="F33">
         <v>95</v>
       </c>
+      <c r="G33">
+        <v>319087</v>
+      </c>
       <c r="H33" t="str">
         <v>dodek492</v>
       </c>
       <c r="I33">
         <v>-1</v>
       </c>
       <c r="J33">
         <v>32</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>4</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
@@ -16358,50 +16370,53 @@
         <v>3</v>
       </c>
       <c r="U40">
         <v>2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
         <v>19</v>
       </c>
       <c r="C41">
         <v>19</v>
       </c>
       <c r="D41" t="str">
         <v>Dominik Baran</v>
       </c>
       <c r="E41">
         <v>2</v>
       </c>
       <c r="F41">
         <v>134</v>
       </c>
+      <c r="G41">
+        <v>319087</v>
+      </c>
       <c r="H41" t="str">
         <v>dodek492</v>
       </c>
       <c r="I41">
         <v>6</v>
       </c>
       <c r="J41">
         <v>39</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
         <v>4</v>
       </c>
       <c r="M41">
         <v>5</v>
       </c>
       <c r="N41">
         <v>4</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">