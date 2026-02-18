--- v1 (2025-12-19)
+++ v2 (2026-02-18)
@@ -1351,50 +1351,53 @@
         <v>30</v>
       </c>
       <c r="P18">
         <v>33</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RAE</v>
       </c>
       <c r="B19" t="str">
         <v>T8</v>
       </c>
       <c r="C19">
         <v>8</v>
       </c>
       <c r="D19" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E19">
         <v>-13</v>
       </c>
       <c r="F19">
         <v>119</v>
       </c>
+      <c r="G19">
+        <v>320943</v>
+      </c>
       <c r="H19" t="str">
         <v>mcthin</v>
       </c>
       <c r="I19">
         <v>-3</v>
       </c>
       <c r="J19">
         <v>-7</v>
       </c>
       <c r="K19">
         <v>-3</v>
       </c>
       <c r="L19">
         <v>0</v>
       </c>
       <c r="M19">
         <v>30</v>
       </c>
       <c r="N19">
         <v>26</v>
       </c>
       <c r="O19">
         <v>30</v>
       </c>
       <c r="P19">
@@ -1795,50 +1798,53 @@
         <v>29</v>
       </c>
       <c r="P27">
         <v>29</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>RAF</v>
       </c>
       <c r="B28" t="str">
         <v>T6</v>
       </c>
       <c r="C28">
         <v>6</v>
       </c>
       <c r="D28" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E28">
         <v>-10</v>
       </c>
       <c r="F28">
         <v>122</v>
       </c>
+      <c r="G28">
+        <v>321360</v>
+      </c>
       <c r="H28" t="str">
         <v>widmomw</v>
       </c>
       <c r="I28">
         <v>-6</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
       <c r="K28">
         <v>-1</v>
       </c>
       <c r="L28">
         <v>-3</v>
       </c>
       <c r="M28">
         <v>27</v>
       </c>
       <c r="N28">
         <v>33</v>
       </c>
       <c r="O28">
         <v>32</v>
       </c>
       <c r="P28">
@@ -2130,97 +2136,103 @@
         <v>34</v>
       </c>
       <c r="P34">
         <v>32</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>T13</v>
       </c>
       <c r="C35">
         <v>13</v>
       </c>
       <c r="D35" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E35">
         <v>-3</v>
       </c>
       <c r="F35">
         <v>129</v>
       </c>
+      <c r="G35">
+        <v>321362</v>
+      </c>
       <c r="H35" t="str">
         <v>łacior</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="J35">
         <v>-2</v>
       </c>
       <c r="K35">
         <v>0</v>
       </c>
       <c r="L35">
         <v>-1</v>
       </c>
       <c r="M35">
         <v>33</v>
       </c>
       <c r="N35">
         <v>31</v>
       </c>
       <c r="O35">
         <v>33</v>
       </c>
       <c r="P35">
         <v>32</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>RAF</v>
       </c>
       <c r="B36" t="str">
         <v>T13</v>
       </c>
       <c r="C36">
         <v>13</v>
       </c>
       <c r="D36" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E36">
         <v>-3</v>
       </c>
       <c r="F36">
         <v>129</v>
       </c>
+      <c r="G36">
+        <v>320750</v>
+      </c>
       <c r="H36" t="str">
         <v>fydziu</v>
       </c>
       <c r="I36">
         <v>0</v>
       </c>
       <c r="J36">
         <v>-3</v>
       </c>
       <c r="K36">
         <v>-1</v>
       </c>
       <c r="L36">
         <v>1</v>
       </c>
       <c r="M36">
         <v>33</v>
       </c>
       <c r="N36">
         <v>30</v>
       </c>
       <c r="O36">
         <v>32</v>
       </c>
       <c r="P36">
@@ -2274,50 +2286,53 @@
         <v>30</v>
       </c>
       <c r="P37">
         <v>36</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>16</v>
       </c>
       <c r="C38">
         <v>16</v>
       </c>
       <c r="D38" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
         <v>132</v>
       </c>
+      <c r="G38">
+        <v>320525</v>
+      </c>
       <c r="H38" t="str">
         <v>szynom</v>
       </c>
       <c r="I38">
         <v>-2</v>
       </c>
       <c r="J38">
         <v>-1</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
         <v>2</v>
       </c>
       <c r="M38">
         <v>31</v>
       </c>
       <c r="N38">
         <v>32</v>
       </c>
       <c r="O38">
         <v>34</v>
       </c>
       <c r="P38">
@@ -2611,50 +2626,53 @@
       <c r="O44">
         <v>35</v>
       </c>
       <c r="P44">
         <v>34</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>T20</v>
       </c>
       <c r="C45">
         <v>20</v>
       </c>
       <c r="D45" t="str">
         <v>Michał Dudwał</v>
       </c>
       <c r="E45">
         <v>4</v>
       </c>
       <c r="F45">
         <v>136</v>
+      </c>
+      <c r="G45">
+        <v>320640</v>
       </c>
       <c r="H45" t="str">
         <v>dudwalski</v>
       </c>
       <c r="I45">
         <v>3</v>
       </c>
       <c r="J45">
         <v>-4</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
       <c r="M45">
         <v>36</v>
       </c>
       <c r="N45">
         <v>29</v>
       </c>
       <c r="O45">
         <v>35</v>
       </c>
@@ -4356,50 +4374,53 @@
         <v>4</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RAE</v>
       </c>
       <c r="B19" t="str">
         <v>T9</v>
       </c>
       <c r="C19">
         <v>9</v>
       </c>
       <c r="D19" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E19">
         <v>-3</v>
       </c>
       <c r="F19">
         <v>30</v>
       </c>
+      <c r="G19">
+        <v>320943</v>
+      </c>
       <c r="H19" t="str">
         <v>mcthin</v>
       </c>
       <c r="I19">
         <v>-3</v>
       </c>
       <c r="J19">
         <v>30</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
@@ -4678,50 +4699,53 @@
         <v>3</v>
       </c>
       <c r="U23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>RAF</v>
       </c>
       <c r="B24" t="str">
         <v>T1</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E24">
         <v>-6</v>
       </c>
       <c r="F24">
         <v>27</v>
       </c>
+      <c r="G24">
+        <v>321360</v>
+      </c>
       <c r="H24" t="str">
         <v>widmomw</v>
       </c>
       <c r="I24">
         <v>-6</v>
       </c>
       <c r="J24">
         <v>27</v>
       </c>
       <c r="K24">
         <v>2</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
@@ -5184,347 +5208,350 @@
       </c>
       <c r="R31">
         <v>2</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>RAF</v>
       </c>
       <c r="B32" t="str">
         <v>T8</v>
       </c>
       <c r="C32">
         <v>8</v>
       </c>
       <c r="D32" t="str">
-        <v>Kacper Prasał</v>
+        <v>Szymon Małota</v>
       </c>
       <c r="E32">
         <v>-2</v>
       </c>
       <c r="F32">
         <v>31</v>
       </c>
+      <c r="G32">
+        <v>320525</v>
+      </c>
       <c r="H32" t="str">
-        <v>iamkapoi</v>
+        <v>szynom</v>
       </c>
       <c r="I32">
         <v>-2</v>
       </c>
       <c r="J32">
         <v>31</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U32">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>RAF</v>
       </c>
       <c r="B33" t="str">
         <v>T8</v>
       </c>
       <c r="C33">
         <v>8</v>
       </c>
       <c r="D33" t="str">
-        <v>Marcin Stożek</v>
+        <v>Kacper Prasał</v>
       </c>
       <c r="E33">
         <v>-2</v>
       </c>
       <c r="F33">
         <v>31</v>
       </c>
       <c r="H33" t="str">
-        <v>keshy12</v>
+        <v>iamkapoi</v>
       </c>
       <c r="I33">
         <v>-2</v>
       </c>
       <c r="J33">
         <v>31</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>2</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q33">
         <v>3</v>
       </c>
       <c r="R33">
         <v>3</v>
       </c>
       <c r="S33">
         <v>2</v>
       </c>
       <c r="T33">
         <v>2</v>
       </c>
       <c r="U33">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>RAF</v>
       </c>
       <c r="B34" t="str">
         <v>T8</v>
       </c>
       <c r="C34">
         <v>8</v>
       </c>
       <c r="D34" t="str">
-        <v>Marek Czyż</v>
+        <v>Marcin Stożek</v>
       </c>
       <c r="E34">
         <v>-2</v>
       </c>
       <c r="F34">
         <v>31</v>
       </c>
       <c r="H34" t="str">
-        <v>jenymaras</v>
+        <v>keshy12</v>
       </c>
       <c r="I34">
         <v>-2</v>
       </c>
       <c r="J34">
         <v>31</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T34">
         <v>2</v>
       </c>
       <c r="U34">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>T8</v>
       </c>
       <c r="C35">
         <v>8</v>
       </c>
       <c r="D35" t="str">
-        <v>Sylwester Szczypczyk</v>
+        <v>Marek Czyż</v>
       </c>
       <c r="E35">
         <v>-2</v>
       </c>
       <c r="F35">
         <v>31</v>
       </c>
       <c r="H35" t="str">
-        <v>sylwo132</v>
+        <v>jenymaras</v>
       </c>
       <c r="I35">
         <v>-2</v>
       </c>
       <c r="J35">
         <v>31</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P35">
         <v>2</v>
       </c>
       <c r="Q35">
         <v>4</v>
       </c>
       <c r="R35">
         <v>2</v>
       </c>
       <c r="S35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>RAF</v>
       </c>
       <c r="B36" t="str">
         <v>T8</v>
       </c>
       <c r="C36">
         <v>8</v>
       </c>
       <c r="D36" t="str">
-        <v>Szymon Małota</v>
+        <v>Sylwester Szczypczyk</v>
       </c>
       <c r="E36">
         <v>-2</v>
       </c>
       <c r="F36">
         <v>31</v>
       </c>
       <c r="H36" t="str">
-        <v>szynom</v>
+        <v>sylwo132</v>
       </c>
       <c r="I36">
         <v>-2</v>
       </c>
       <c r="J36">
         <v>31</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>2</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R36">
         <v>2</v>
       </c>
       <c r="S36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U36">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
         <v>T15</v>
       </c>
       <c r="C37">
         <v>15</v>
       </c>
       <c r="D37" t="str">
         <v>Dasha Gerashchenko</v>
       </c>
       <c r="E37">
         <v>-1</v>
       </c>
       <c r="F37">
         <v>32</v>
       </c>
       <c r="G37">
         <v>200101</v>
       </c>
       <c r="H37" t="str">
@@ -5686,220 +5713,226 @@
       </c>
       <c r="R39">
         <v>2</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
         <v>2</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
         <v>T18</v>
       </c>
       <c r="C40">
         <v>18</v>
       </c>
       <c r="D40" t="str">
-        <v>Mateusz Łaciak</v>
+        <v>Rafał Fyda</v>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="F40">
         <v>33</v>
       </c>
+      <c r="G40">
+        <v>320750</v>
+      </c>
       <c r="H40" t="str">
-        <v>łacior</v>
+        <v>fydziu</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
       <c r="J40">
         <v>33</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S40">
         <v>3</v>
       </c>
       <c r="T40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U40">
         <v>2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
         <v>T18</v>
       </c>
       <c r="C41">
         <v>18</v>
       </c>
       <c r="D41" t="str">
-        <v>Oliwier Jaworski</v>
+        <v>Mateusz Łaciak</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
       <c r="F41">
         <v>33</v>
       </c>
+      <c r="G41">
+        <v>321362</v>
+      </c>
       <c r="H41" t="str">
-        <v>kuleczka</v>
+        <v>łacior</v>
       </c>
       <c r="I41">
         <v>0</v>
       </c>
       <c r="J41">
         <v>33</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q41">
         <v>4</v>
       </c>
       <c r="R41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T41">
         <v>3</v>
       </c>
       <c r="U41">
         <v>2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>RAF</v>
       </c>
       <c r="B42" t="str">
         <v>T18</v>
       </c>
       <c r="C42">
         <v>18</v>
       </c>
       <c r="D42" t="str">
-        <v>Rafał Fyda</v>
+        <v>Oliwier Jaworski</v>
       </c>
       <c r="E42">
         <v>0</v>
       </c>
       <c r="F42">
         <v>33</v>
       </c>
       <c r="H42" t="str">
-        <v>fydziu</v>
+        <v>kuleczka</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42">
         <v>33</v>
       </c>
       <c r="K42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R42">
         <v>3</v>
       </c>
       <c r="S42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U42">
         <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>RAF</v>
       </c>
       <c r="B43" t="str">
         <v>21</v>
       </c>
       <c r="C43">
         <v>21</v>
       </c>
       <c r="D43" t="str">
         <v>Bartosz Żurek</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>34</v>
       </c>
       <c r="H43" t="str">
@@ -6191,158 +6224,161 @@
       </c>
       <c r="R47">
         <v>3</v>
       </c>
       <c r="S47">
         <v>3</v>
       </c>
       <c r="T47">
         <v>3</v>
       </c>
       <c r="U47">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>RAF</v>
       </c>
       <c r="B48" t="str">
         <v>T26</v>
       </c>
       <c r="C48">
         <v>26</v>
       </c>
       <c r="D48" t="str">
-        <v>Elesya koroglu</v>
+        <v>Michał Dudwał</v>
       </c>
       <c r="E48">
         <v>3</v>
       </c>
       <c r="F48">
         <v>36</v>
       </c>
+      <c r="G48">
+        <v>320640</v>
+      </c>
       <c r="H48" t="str">
-        <v>eleboii</v>
+        <v>dudwalski</v>
       </c>
       <c r="I48">
         <v>3</v>
       </c>
       <c r="J48">
         <v>36</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>
       <c r="P48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q48">
         <v>4</v>
       </c>
       <c r="R48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T48">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U48">
         <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>RAF</v>
       </c>
       <c r="B49" t="str">
         <v>T26</v>
       </c>
       <c r="C49">
         <v>26</v>
       </c>
       <c r="D49" t="str">
-        <v>Michał Dudwał</v>
+        <v>Elesya koroglu</v>
       </c>
       <c r="E49">
         <v>3</v>
       </c>
       <c r="F49">
         <v>36</v>
       </c>
       <c r="H49" t="str">
-        <v>dudwalski</v>
+        <v>eleboii</v>
       </c>
       <c r="I49">
         <v>3</v>
       </c>
       <c r="J49">
         <v>36</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M49">
         <v>3</v>
       </c>
       <c r="N49">
         <v>3</v>
       </c>
       <c r="O49">
         <v>3</v>
       </c>
       <c r="P49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q49">
         <v>4</v>
       </c>
       <c r="R49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T49">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>RAF</v>
       </c>
       <c r="B50" t="str">
         <v>28</v>
       </c>
       <c r="C50">
         <v>28</v>
       </c>
       <c r="D50" t="str">
         <v>Antoni Zimoch</v>
       </c>
       <c r="E50">
         <v>5</v>
       </c>
       <c r="F50">
         <v>38</v>
       </c>
       <c r="H50" t="str">
@@ -7765,50 +7801,53 @@
         <v>2</v>
       </c>
       <c r="U16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>RAE</v>
       </c>
       <c r="B17" t="str">
         <v>T7</v>
       </c>
       <c r="C17">
         <v>7</v>
       </c>
       <c r="D17" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E17">
         <v>-10</v>
       </c>
       <c r="F17">
         <v>56</v>
       </c>
+      <c r="G17">
+        <v>320943</v>
+      </c>
       <c r="H17" t="str">
         <v>mcthin</v>
       </c>
       <c r="I17">
         <v>-7</v>
       </c>
       <c r="J17">
         <v>26</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
@@ -8539,50 +8578,53 @@
         <v>3</v>
       </c>
       <c r="U28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>RAF</v>
       </c>
       <c r="B29" t="str">
         <v>7</v>
       </c>
       <c r="C29">
         <v>7</v>
       </c>
       <c r="D29" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E29">
         <v>-6</v>
       </c>
       <c r="F29">
         <v>60</v>
       </c>
+      <c r="G29">
+        <v>321360</v>
+      </c>
       <c r="H29" t="str">
         <v>widmomw</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="J29">
         <v>33</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>5</v>
       </c>
       <c r="P29">
@@ -8725,50 +8767,53 @@
         <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>RAF</v>
       </c>
       <c r="B32" t="str">
         <v>T10</v>
       </c>
       <c r="C32">
         <v>10</v>
       </c>
       <c r="D32" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E32">
         <v>-3</v>
       </c>
       <c r="F32">
         <v>63</v>
       </c>
+      <c r="G32">
+        <v>320750</v>
+      </c>
       <c r="H32" t="str">
         <v>fydziu</v>
       </c>
       <c r="I32">
         <v>-3</v>
       </c>
       <c r="J32">
         <v>30</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>2</v>
       </c>
       <c r="P32">
@@ -8906,158 +8951,161 @@
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
         <v>2</v>
       </c>
       <c r="T34">
         <v>3</v>
       </c>
       <c r="U34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>T10</v>
       </c>
       <c r="C35">
         <v>10</v>
       </c>
       <c r="D35" t="str">
-        <v>Marek Czyż</v>
+        <v>Szymon Małota</v>
       </c>
       <c r="E35">
         <v>-3</v>
       </c>
       <c r="F35">
         <v>63</v>
       </c>
+      <c r="G35">
+        <v>320525</v>
+      </c>
       <c r="H35" t="str">
-        <v>jenymaras</v>
+        <v>szynom</v>
       </c>
       <c r="I35">
         <v>-1</v>
       </c>
       <c r="J35">
         <v>32</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S35">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U35">
         <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>RAF</v>
       </c>
       <c r="B36" t="str">
         <v>T10</v>
       </c>
       <c r="C36">
         <v>10</v>
       </c>
       <c r="D36" t="str">
-        <v>Szymon Małota</v>
+        <v>Marek Czyż</v>
       </c>
       <c r="E36">
         <v>-3</v>
       </c>
       <c r="F36">
         <v>63</v>
       </c>
       <c r="H36" t="str">
-        <v>szynom</v>
+        <v>jenymaras</v>
       </c>
       <c r="I36">
         <v>-1</v>
       </c>
       <c r="J36">
         <v>32</v>
       </c>
       <c r="K36">
         <v>2</v>
       </c>
       <c r="L36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
+        <v>3</v>
+      </c>
+      <c r="R36">
+        <v>3</v>
+      </c>
+      <c r="S36">
         <v>5</v>
       </c>
-      <c r="R36">
-[...4 lines deleted...]
-      </c>
       <c r="T36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U36">
         <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
         <v>T10</v>
       </c>
       <c r="C37">
         <v>10</v>
       </c>
       <c r="D37" t="str">
         <v>Dominik Baran</v>
       </c>
       <c r="E37">
         <v>-3</v>
       </c>
       <c r="F37">
         <v>63</v>
       </c>
       <c r="G37">
@@ -9168,50 +9216,53 @@
         <v>2</v>
       </c>
       <c r="U38">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>T16</v>
       </c>
       <c r="C39">
         <v>16</v>
       </c>
       <c r="D39" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E39">
         <v>-2</v>
       </c>
       <c r="F39">
         <v>64</v>
       </c>
+      <c r="G39">
+        <v>321362</v>
+      </c>
       <c r="H39" t="str">
         <v>łacior</v>
       </c>
       <c r="I39">
         <v>-2</v>
       </c>
       <c r="J39">
         <v>31</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39">
         <v>2</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
@@ -9291,50 +9342,53 @@
       <c r="T40">
         <v>2</v>
       </c>
       <c r="U40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
         <v>19</v>
       </c>
       <c r="C41">
         <v>19</v>
       </c>
       <c r="D41" t="str">
         <v>Michał Dudwał</v>
       </c>
       <c r="E41">
         <v>-1</v>
       </c>
       <c r="F41">
         <v>65</v>
+      </c>
+      <c r="G41">
+        <v>320640</v>
       </c>
       <c r="H41" t="str">
         <v>dudwalski</v>
       </c>
       <c r="I41">
         <v>-4</v>
       </c>
       <c r="J41">
         <v>29</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
         <v>2</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
@@ -11369,50 +11423,53 @@
         <v>2</v>
       </c>
       <c r="U17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>RAE</v>
       </c>
       <c r="B18" t="str">
         <v>T7</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E18">
         <v>-13</v>
       </c>
       <c r="F18">
         <v>86</v>
       </c>
+      <c r="G18">
+        <v>320943</v>
+      </c>
       <c r="H18" t="str">
         <v>mcthin</v>
       </c>
       <c r="I18">
         <v>-3</v>
       </c>
       <c r="J18">
         <v>30</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
@@ -12075,50 +12132,53 @@
         <v>2</v>
       </c>
       <c r="U28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>RAF</v>
       </c>
       <c r="B29" t="str">
         <v>T6</v>
       </c>
       <c r="C29">
         <v>6</v>
       </c>
       <c r="D29" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E29">
         <v>-7</v>
       </c>
       <c r="F29">
         <v>92</v>
       </c>
+      <c r="G29">
+        <v>321360</v>
+      </c>
       <c r="H29" t="str">
         <v>widmomw</v>
       </c>
       <c r="I29">
         <v>-1</v>
       </c>
       <c r="J29">
         <v>32</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>2</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
@@ -12267,50 +12327,53 @@
         <v>3</v>
       </c>
       <c r="U31">
         <v>2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>RAF</v>
       </c>
       <c r="B32" t="str">
         <v>T10</v>
       </c>
       <c r="C32">
         <v>10</v>
       </c>
       <c r="D32" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E32">
         <v>-4</v>
       </c>
       <c r="F32">
         <v>95</v>
       </c>
+      <c r="G32">
+        <v>320750</v>
+      </c>
       <c r="H32" t="str">
         <v>fydziu</v>
       </c>
       <c r="I32">
         <v>-1</v>
       </c>
       <c r="J32">
         <v>32</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">
@@ -12583,50 +12646,53 @@
         <v>4</v>
       </c>
       <c r="U36">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
         <v>T15</v>
       </c>
       <c r="C37">
         <v>15</v>
       </c>
       <c r="D37" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E37">
         <v>-2</v>
       </c>
       <c r="F37">
         <v>97</v>
       </c>
+      <c r="G37">
+        <v>321362</v>
+      </c>
       <c r="H37" t="str">
         <v>łacior</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>33</v>
       </c>
       <c r="K37">
         <v>2</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
         <v>4</v>
       </c>
       <c r="O37">
         <v>4</v>
       </c>
       <c r="P37">
@@ -12637,161 +12703,164 @@
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
         <v>3</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
         <v>2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>T15</v>
       </c>
       <c r="C38">
         <v>15</v>
       </c>
       <c r="D38" t="str">
-        <v>Marek Czyż</v>
+        <v>Szymon Małota</v>
       </c>
       <c r="E38">
         <v>-2</v>
       </c>
       <c r="F38">
         <v>97</v>
       </c>
+      <c r="G38">
+        <v>320525</v>
+      </c>
       <c r="H38" t="str">
-        <v>jenymaras</v>
+        <v>szynom</v>
       </c>
       <c r="I38">
         <v>1</v>
       </c>
       <c r="J38">
         <v>34</v>
       </c>
       <c r="K38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L38">
+        <v>3</v>
+      </c>
+      <c r="M38">
+        <v>4</v>
+      </c>
+      <c r="N38">
+        <v>2</v>
+      </c>
+      <c r="O38">
+        <v>3</v>
+      </c>
+      <c r="P38">
+        <v>3</v>
+      </c>
+      <c r="Q38">
         <v>5</v>
       </c>
-      <c r="M38">
-[...13 lines deleted...]
-      </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>T15</v>
       </c>
       <c r="C39">
         <v>15</v>
       </c>
       <c r="D39" t="str">
-        <v>Szymon Małota</v>
+        <v>Marek Czyż</v>
       </c>
       <c r="E39">
         <v>-2</v>
       </c>
       <c r="F39">
         <v>97</v>
       </c>
       <c r="H39" t="str">
-        <v>szynom</v>
+        <v>jenymaras</v>
       </c>
       <c r="I39">
         <v>1</v>
       </c>
       <c r="J39">
         <v>34</v>
       </c>
       <c r="K39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
         <v>T15</v>
       </c>
       <c r="C40">
         <v>15</v>
       </c>
       <c r="D40" t="str">
         <v>Sylwester Szczypczyk</v>
       </c>
       <c r="E40">
         <v>-2</v>
       </c>
       <c r="F40">
         <v>97</v>
       </c>
       <c r="H40" t="str">
         <v>sylwo132</v>
       </c>
       <c r="I40">
@@ -12895,50 +12964,53 @@
       <c r="T41">
         <v>3</v>
       </c>
       <c r="U41">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>RAF</v>
       </c>
       <c r="B42" t="str">
         <v>T19</v>
       </c>
       <c r="C42">
         <v>19</v>
       </c>
       <c r="D42" t="str">
         <v>Michał Dudwał</v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">
         <v>100</v>
+      </c>
+      <c r="G42">
+        <v>320640</v>
       </c>
       <c r="H42" t="str">
         <v>dudwalski</v>
       </c>
       <c r="I42">
         <v>2</v>
       </c>
       <c r="J42">
         <v>35</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>5</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
@@ -14973,50 +15045,53 @@
         <v>5</v>
       </c>
       <c r="U18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RAE</v>
       </c>
       <c r="B19" t="str">
         <v>T8</v>
       </c>
       <c r="C19">
         <v>8</v>
       </c>
       <c r="D19" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E19">
         <v>-13</v>
       </c>
       <c r="F19">
         <v>119</v>
       </c>
+      <c r="G19">
+        <v>320943</v>
+      </c>
       <c r="H19" t="str">
         <v>mcthin</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>33</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
@@ -15552,50 +15627,53 @@
         <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>RAF</v>
       </c>
       <c r="B28" t="str">
         <v>T6</v>
       </c>
       <c r="C28">
         <v>6</v>
       </c>
       <c r="D28" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E28">
         <v>-10</v>
       </c>
       <c r="F28">
         <v>122</v>
       </c>
+      <c r="G28">
+        <v>321360</v>
+      </c>
       <c r="H28" t="str">
         <v>widmomw</v>
       </c>
       <c r="I28">
         <v>-3</v>
       </c>
       <c r="J28">
         <v>30</v>
       </c>
       <c r="K28">
         <v>2</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>2</v>
       </c>
       <c r="P28">
@@ -15992,50 +16070,53 @@
         <v>3</v>
       </c>
       <c r="U34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>T13</v>
       </c>
       <c r="C35">
         <v>13</v>
       </c>
       <c r="D35" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E35">
         <v>-3</v>
       </c>
       <c r="F35">
         <v>129</v>
       </c>
+      <c r="G35">
+        <v>321362</v>
+      </c>
       <c r="H35" t="str">
         <v>łacior</v>
       </c>
       <c r="I35">
         <v>-1</v>
       </c>
       <c r="J35">
         <v>32</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>4</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
@@ -16054,50 +16135,53 @@
         <v>2</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>RAF</v>
       </c>
       <c r="B36" t="str">
         <v>T13</v>
       </c>
       <c r="C36">
         <v>13</v>
       </c>
       <c r="D36" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E36">
         <v>-3</v>
       </c>
       <c r="F36">
         <v>129</v>
       </c>
+      <c r="G36">
+        <v>320750</v>
+      </c>
       <c r="H36" t="str">
         <v>fydziu</v>
       </c>
       <c r="I36">
         <v>1</v>
       </c>
       <c r="J36">
         <v>34</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
@@ -16181,50 +16265,53 @@
         <v>4</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>16</v>
       </c>
       <c r="C38">
         <v>16</v>
       </c>
       <c r="D38" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
         <v>132</v>
       </c>
+      <c r="G38">
+        <v>320525</v>
+      </c>
       <c r="H38" t="str">
         <v>szynom</v>
       </c>
       <c r="I38">
         <v>2</v>
       </c>
       <c r="J38">
         <v>35</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>2</v>
       </c>
       <c r="M38">
         <v>4</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
         <v>2</v>
       </c>
       <c r="P38">
@@ -16623,50 +16710,53 @@
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>T20</v>
       </c>
       <c r="C45">
         <v>20</v>
       </c>
       <c r="D45" t="str">
         <v>Michał Dudwał</v>
       </c>
       <c r="E45">
         <v>4</v>
       </c>
       <c r="F45">
         <v>136</v>
+      </c>
+      <c r="G45">
+        <v>320640</v>
       </c>
       <c r="H45" t="str">
         <v>dudwalski</v>
       </c>
       <c r="I45">
         <v>3</v>
       </c>
       <c r="J45">
         <v>36</v>
       </c>
       <c r="K45">
         <v>3</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>5</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>