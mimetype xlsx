--- v0 (2025-12-19)
+++ v1 (2026-02-17)
@@ -1195,50 +1195,53 @@
         <v>43</v>
       </c>
       <c r="N17">
         <v>46</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>RAE</v>
       </c>
       <c r="B18" t="str">
         <v>T4</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E18">
         <v>-7</v>
       </c>
       <c r="F18">
         <v>122</v>
       </c>
+      <c r="G18">
+        <v>320943</v>
+      </c>
       <c r="H18" t="str">
         <v>mcthin</v>
       </c>
       <c r="I18">
         <v>-7</v>
       </c>
       <c r="J18">
         <v>-1</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
         <v>32</v>
       </c>
       <c r="M18">
         <v>44</v>
       </c>
       <c r="N18">
         <v>46</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RAE</v>
@@ -1931,50 +1934,53 @@
         <v>52</v>
       </c>
       <c r="N34">
         <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>8</v>
       </c>
       <c r="C35">
         <v>8</v>
       </c>
       <c r="D35" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E35">
         <v>9</v>
       </c>
       <c r="F35">
         <v>138</v>
       </c>
+      <c r="G35">
+        <v>321360</v>
+      </c>
       <c r="H35" t="str">
         <v>widmomw</v>
       </c>
       <c r="I35">
         <v>-2</v>
       </c>
       <c r="J35">
         <v>7</v>
       </c>
       <c r="K35">
         <v>4</v>
       </c>
       <c r="L35">
         <v>37</v>
       </c>
       <c r="M35">
         <v>52</v>
       </c>
       <c r="N35">
         <v>49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>RAF</v>
@@ -2016,50 +2022,53 @@
         <v>52</v>
       </c>
       <c r="N36">
         <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
         <v>T10</v>
       </c>
       <c r="C37">
         <v>10</v>
       </c>
       <c r="D37" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E37">
         <v>12</v>
       </c>
       <c r="F37">
         <v>141</v>
       </c>
+      <c r="G37">
+        <v>320750</v>
+      </c>
       <c r="H37" t="str">
         <v>fydziu</v>
       </c>
       <c r="I37">
         <v>-3</v>
       </c>
       <c r="J37">
         <v>12</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>36</v>
       </c>
       <c r="M37">
         <v>57</v>
       </c>
       <c r="N37">
         <v>48</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
@@ -2142,91 +2151,97 @@
         <v>50</v>
       </c>
       <c r="N39">
         <v>57</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
         <v>13</v>
       </c>
       <c r="C40">
         <v>13</v>
       </c>
       <c r="D40" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E40">
         <v>14</v>
       </c>
       <c r="F40">
         <v>143</v>
       </c>
+      <c r="G40">
+        <v>321362</v>
+      </c>
       <c r="H40" t="str">
         <v>łacior</v>
       </c>
       <c r="I40">
         <v>-1</v>
       </c>
       <c r="J40">
         <v>7</v>
       </c>
       <c r="K40">
         <v>8</v>
       </c>
       <c r="L40">
         <v>38</v>
       </c>
       <c r="M40">
         <v>52</v>
       </c>
       <c r="N40">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
         <v>T14</v>
       </c>
       <c r="C41">
         <v>14</v>
       </c>
       <c r="D41" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E41">
         <v>15</v>
       </c>
       <c r="F41">
         <v>144</v>
       </c>
+      <c r="G41">
+        <v>320525</v>
+      </c>
       <c r="H41" t="str">
         <v>szynom</v>
       </c>
       <c r="I41">
         <v>-3</v>
       </c>
       <c r="J41">
         <v>9</v>
       </c>
       <c r="K41">
         <v>9</v>
       </c>
       <c r="L41">
         <v>36</v>
       </c>
       <c r="M41">
         <v>54</v>
       </c>
       <c r="N41">
         <v>54</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>RAF</v>
@@ -2349,50 +2364,53 @@
       <c r="M44">
         <v>53</v>
       </c>
       <c r="N44">
         <v>56</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>18</v>
       </c>
       <c r="C45">
         <v>18</v>
       </c>
       <c r="D45" t="str">
         <v>Jan Sobczak</v>
       </c>
       <c r="E45">
         <v>21</v>
       </c>
       <c r="F45">
         <v>150</v>
+      </c>
+      <c r="G45">
+        <v>321090</v>
       </c>
       <c r="H45" t="str">
         <v>bobczak</v>
       </c>
       <c r="I45">
         <v>-1</v>
       </c>
       <c r="J45">
         <v>10</v>
       </c>
       <c r="K45">
         <v>12</v>
       </c>
       <c r="L45">
         <v>38</v>
       </c>
       <c r="M45">
         <v>55</v>
       </c>
       <c r="N45">
         <v>57</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
@@ -4534,50 +4552,53 @@
         <v>4</v>
       </c>
       <c r="W18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RAE</v>
       </c>
       <c r="B19" t="str">
         <v>T4</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E19">
         <v>-7</v>
       </c>
       <c r="F19">
         <v>32</v>
       </c>
+      <c r="G19">
+        <v>320943</v>
+      </c>
       <c r="H19" t="str">
         <v>mcthin</v>
       </c>
       <c r="I19">
         <v>-7</v>
       </c>
       <c r="J19">
         <v>32</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>1</v>
       </c>
       <c r="P19">
@@ -5860,330 +5881,342 @@
       </c>
       <c r="T37">
         <v>4</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
         <v>4</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>T10</v>
       </c>
       <c r="C38">
         <v>10</v>
       </c>
       <c r="D38" t="str">
-        <v>Rafał Fyda</v>
+        <v>Szymon Małota</v>
       </c>
       <c r="E38">
         <v>-3</v>
       </c>
       <c r="F38">
         <v>36</v>
       </c>
+      <c r="G38">
+        <v>320525</v>
+      </c>
       <c r="H38" t="str">
-        <v>fydziu</v>
+        <v>szynom</v>
       </c>
       <c r="I38">
         <v>-3</v>
       </c>
       <c r="J38">
         <v>36</v>
       </c>
       <c r="K38">
         <v>2</v>
       </c>
       <c r="L38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>2</v>
       </c>
       <c r="V38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>T10</v>
       </c>
       <c r="C39">
         <v>10</v>
       </c>
       <c r="D39" t="str">
-        <v>Szymon Małota</v>
+        <v>Rafał Fyda</v>
       </c>
       <c r="E39">
         <v>-3</v>
       </c>
       <c r="F39">
         <v>36</v>
       </c>
+      <c r="G39">
+        <v>320750</v>
+      </c>
       <c r="H39" t="str">
-        <v>szynom</v>
+        <v>fydziu</v>
       </c>
       <c r="I39">
         <v>-3</v>
       </c>
       <c r="J39">
         <v>36</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
         <v>2</v>
       </c>
       <c r="V39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
         <v>T13</v>
       </c>
       <c r="C40">
         <v>13</v>
       </c>
       <c r="D40" t="str">
-        <v>Marek Czyż</v>
+        <v>Mateusz Widawski</v>
       </c>
       <c r="E40">
         <v>-2</v>
       </c>
       <c r="F40">
         <v>37</v>
       </c>
+      <c r="G40">
+        <v>321360</v>
+      </c>
       <c r="H40" t="str">
-        <v>jenymaras</v>
+        <v>widmomw</v>
       </c>
       <c r="I40">
         <v>-2</v>
       </c>
       <c r="J40">
         <v>37</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>2</v>
       </c>
       <c r="N40">
         <v>2</v>
       </c>
       <c r="O40">
         <v>2</v>
       </c>
       <c r="P40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q40">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S40">
         <v>3</v>
       </c>
       <c r="T40">
         <v>3</v>
       </c>
       <c r="U40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W40">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
         <v>T13</v>
       </c>
       <c r="C41">
         <v>13</v>
       </c>
       <c r="D41" t="str">
-        <v>Mateusz Widawski</v>
+        <v>Marek Czyż</v>
       </c>
       <c r="E41">
         <v>-2</v>
       </c>
       <c r="F41">
         <v>37</v>
       </c>
       <c r="H41" t="str">
-        <v>widmomw</v>
+        <v>jenymaras</v>
       </c>
       <c r="I41">
         <v>-2</v>
       </c>
       <c r="J41">
         <v>37</v>
       </c>
       <c r="K41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>2</v>
       </c>
       <c r="N41">
         <v>2</v>
       </c>
       <c r="O41">
         <v>2</v>
       </c>
       <c r="P41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S41">
         <v>3</v>
       </c>
       <c r="T41">
         <v>3</v>
       </c>
       <c r="U41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W41">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>RAF</v>
       </c>
       <c r="B42" t="str">
         <v>T15</v>
       </c>
       <c r="C42">
         <v>15</v>
       </c>
       <c r="D42" t="str">
         <v>Jan Sobczak</v>
       </c>
       <c r="E42">
         <v>-1</v>
       </c>
       <c r="F42">
         <v>38</v>
       </c>
+      <c r="G42">
+        <v>321090</v>
+      </c>
       <c r="H42" t="str">
         <v>bobczak</v>
       </c>
       <c r="I42">
         <v>-1</v>
       </c>
       <c r="J42">
         <v>38</v>
       </c>
       <c r="K42">
         <v>2</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>2</v>
       </c>
       <c r="N42">
         <v>4</v>
       </c>
       <c r="O42">
         <v>4</v>
       </c>
       <c r="P42">
@@ -6207,50 +6240,53 @@
       <c r="V42">
         <v>4</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>RAF</v>
       </c>
       <c r="B43" t="str">
         <v>T15</v>
       </c>
       <c r="C43">
         <v>15</v>
       </c>
       <c r="D43" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E43">
         <v>-1</v>
       </c>
       <c r="F43">
         <v>38</v>
+      </c>
+      <c r="G43">
+        <v>321362</v>
       </c>
       <c r="H43" t="str">
         <v>łacior</v>
       </c>
       <c r="I43">
         <v>-1</v>
       </c>
       <c r="J43">
         <v>38</v>
       </c>
       <c r="K43">
         <v>2</v>
       </c>
       <c r="L43">
         <v>2</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
@@ -9169,50 +9205,53 @@
         <v>2</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>RAE</v>
       </c>
       <c r="B20" t="str">
         <v>T4</v>
       </c>
       <c r="C20">
         <v>4</v>
       </c>
       <c r="D20" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E20">
         <v>-8</v>
       </c>
       <c r="F20">
         <v>76</v>
       </c>
+      <c r="G20">
+        <v>320943</v>
+      </c>
       <c r="H20" t="str">
         <v>mcthin</v>
       </c>
       <c r="I20">
         <v>-1</v>
       </c>
       <c r="J20">
         <v>44</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>5</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
@@ -10503,50 +10542,53 @@
         <v>4</v>
       </c>
       <c r="W38">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>T11</v>
       </c>
       <c r="C39">
         <v>11</v>
       </c>
       <c r="D39" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E39">
         <v>5</v>
       </c>
       <c r="F39">
         <v>89</v>
       </c>
+      <c r="G39">
+        <v>321360</v>
+      </c>
       <c r="H39" t="str">
         <v>widmomw</v>
       </c>
       <c r="I39">
         <v>7</v>
       </c>
       <c r="J39">
         <v>52</v>
       </c>
       <c r="K39">
         <v>4</v>
       </c>
       <c r="L39">
         <v>5</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
@@ -10571,50 +10613,53 @@
         <v>4</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
         <v>T13</v>
       </c>
       <c r="C40">
         <v>13</v>
       </c>
       <c r="D40" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E40">
         <v>6</v>
       </c>
       <c r="F40">
         <v>90</v>
       </c>
+      <c r="G40">
+        <v>321362</v>
+      </c>
       <c r="H40" t="str">
         <v>łacior</v>
       </c>
       <c r="I40">
         <v>7</v>
       </c>
       <c r="J40">
         <v>52</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>5</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>4</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
@@ -10639,50 +10684,53 @@
         <v>4</v>
       </c>
       <c r="W40">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
         <v>T13</v>
       </c>
       <c r="C41">
         <v>13</v>
       </c>
       <c r="D41" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E41">
         <v>6</v>
       </c>
       <c r="F41">
         <v>90</v>
       </c>
+      <c r="G41">
+        <v>320525</v>
+      </c>
       <c r="H41" t="str">
         <v>szynom</v>
       </c>
       <c r="I41">
         <v>9</v>
       </c>
       <c r="J41">
         <v>54</v>
       </c>
       <c r="K41">
         <v>4</v>
       </c>
       <c r="L41">
         <v>5</v>
       </c>
       <c r="M41">
         <v>4</v>
       </c>
       <c r="N41">
         <v>2</v>
       </c>
       <c r="O41">
         <v>4</v>
       </c>
       <c r="P41">
@@ -10914,50 +10962,53 @@
         <v>4</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>T16</v>
       </c>
       <c r="C45">
         <v>16</v>
       </c>
       <c r="D45" t="str">
         <v>Jan Sobczak</v>
       </c>
       <c r="E45">
         <v>9</v>
       </c>
       <c r="F45">
         <v>93</v>
       </c>
+      <c r="G45">
+        <v>321090</v>
+      </c>
       <c r="H45" t="str">
         <v>bobczak</v>
       </c>
       <c r="I45">
         <v>10</v>
       </c>
       <c r="J45">
         <v>55</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45">
         <v>5</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>3</v>
       </c>
       <c r="O45">
         <v>4</v>
       </c>
       <c r="P45">
@@ -10981,50 +11032,53 @@
       <c r="V45">
         <v>4</v>
       </c>
       <c r="W45">
         <v>7</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>RAF</v>
       </c>
       <c r="B46" t="str">
         <v>T16</v>
       </c>
       <c r="C46">
         <v>16</v>
       </c>
       <c r="D46" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E46">
         <v>9</v>
       </c>
       <c r="F46">
         <v>93</v>
+      </c>
+      <c r="G46">
+        <v>320750</v>
       </c>
       <c r="H46" t="str">
         <v>fydziu</v>
       </c>
       <c r="I46">
         <v>12</v>
       </c>
       <c r="J46">
         <v>57</v>
       </c>
       <c r="K46">
         <v>5</v>
       </c>
       <c r="L46">
         <v>5</v>
       </c>
       <c r="M46">
         <v>3</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
         <v>5</v>
       </c>
@@ -13591,50 +13645,53 @@
         <v>3</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>RAE</v>
       </c>
       <c r="B18" t="str">
         <v>T4</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E18">
         <v>-7</v>
       </c>
       <c r="F18">
         <v>122</v>
       </c>
+      <c r="G18">
+        <v>320943</v>
+      </c>
       <c r="H18" t="str">
         <v>mcthin</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>46</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
@@ -14786,50 +14843,53 @@
         <v>4</v>
       </c>
       <c r="W34">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>8</v>
       </c>
       <c r="C35">
         <v>8</v>
       </c>
       <c r="D35" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E35">
         <v>9</v>
       </c>
       <c r="F35">
         <v>138</v>
       </c>
+      <c r="G35">
+        <v>321360</v>
+      </c>
       <c r="H35" t="str">
         <v>widmomw</v>
       </c>
       <c r="I35">
         <v>4</v>
       </c>
       <c r="J35">
         <v>49</v>
       </c>
       <c r="K35">
         <v>4</v>
       </c>
       <c r="L35">
         <v>4</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>4</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
@@ -14925,50 +14985,53 @@
         <v>3</v>
       </c>
       <c r="W36">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
         <v>T10</v>
       </c>
       <c r="C37">
         <v>10</v>
       </c>
       <c r="D37" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E37">
         <v>12</v>
       </c>
       <c r="F37">
         <v>141</v>
       </c>
+      <c r="G37">
+        <v>320750</v>
+      </c>
       <c r="H37" t="str">
         <v>fydziu</v>
       </c>
       <c r="I37">
         <v>3</v>
       </c>
       <c r="J37">
         <v>48</v>
       </c>
       <c r="K37">
         <v>5</v>
       </c>
       <c r="L37">
         <v>5</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>2</v>
       </c>
       <c r="P37">
@@ -15132,50 +15195,53 @@
         <v>4</v>
       </c>
       <c r="W39">
         <v>6</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
         <v>13</v>
       </c>
       <c r="C40">
         <v>13</v>
       </c>
       <c r="D40" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E40">
         <v>14</v>
       </c>
       <c r="F40">
         <v>143</v>
       </c>
+      <c r="G40">
+        <v>321362</v>
+      </c>
       <c r="H40" t="str">
         <v>łacior</v>
       </c>
       <c r="I40">
         <v>8</v>
       </c>
       <c r="J40">
         <v>53</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>5</v>
       </c>
       <c r="M40">
         <v>4</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
@@ -15200,50 +15266,53 @@
         <v>4</v>
       </c>
       <c r="W40">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
         <v>T14</v>
       </c>
       <c r="C41">
         <v>14</v>
       </c>
       <c r="D41" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E41">
         <v>15</v>
       </c>
       <c r="F41">
         <v>144</v>
       </c>
+      <c r="G41">
+        <v>320525</v>
+      </c>
       <c r="H41" t="str">
         <v>szynom</v>
       </c>
       <c r="I41">
         <v>9</v>
       </c>
       <c r="J41">
         <v>54</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
         <v>4</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
         <v>4</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
@@ -15474,50 +15543,53 @@
       <c r="V44">
         <v>4</v>
       </c>
       <c r="W44">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>18</v>
       </c>
       <c r="C45">
         <v>18</v>
       </c>
       <c r="D45" t="str">
         <v>Jan Sobczak</v>
       </c>
       <c r="E45">
         <v>21</v>
       </c>
       <c r="F45">
         <v>150</v>
+      </c>
+      <c r="G45">
+        <v>321090</v>
       </c>
       <c r="H45" t="str">
         <v>bobczak</v>
       </c>
       <c r="I45">
         <v>12</v>
       </c>
       <c r="J45">
         <v>57</v>
       </c>
       <c r="K45">
         <v>4</v>
       </c>
       <c r="L45">
         <v>6</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>4</v>
       </c>
       <c r="O45">
         <v>4</v>
       </c>