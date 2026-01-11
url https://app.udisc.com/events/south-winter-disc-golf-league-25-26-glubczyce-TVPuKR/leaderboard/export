--- v0 (2025-11-08)
+++ v1 (2026-01-11)
@@ -485,1862 +485,1862 @@
       </c>
       <c r="J1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>RAH</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Karol Zaczyński</v>
       </c>
       <c r="E2">
-        <v>-33</v>
+        <v>-36</v>
       </c>
       <c r="F2">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="G2">
         <v>281149</v>
       </c>
       <c r="H2" t="str">
         <v>zaczor</v>
       </c>
       <c r="I2">
         <v>-20</v>
       </c>
       <c r="J2">
-        <v>-13</v>
+        <v>-16</v>
       </c>
       <c r="K2">
         <v>40</v>
       </c>
       <c r="L2">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>RAH</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Bartosz Wiśniewski</v>
       </c>
       <c r="E3">
-        <v>-28</v>
+        <v>-29</v>
       </c>
       <c r="F3">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="G3">
         <v>226131</v>
       </c>
       <c r="H3" t="str">
         <v>bartekwisnia4</v>
       </c>
       <c r="I3">
         <v>-13</v>
       </c>
       <c r="J3">
-        <v>-15</v>
+        <v>-16</v>
       </c>
       <c r="K3">
         <v>47</v>
       </c>
       <c r="L3">
-        <v>36</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>RAH</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Bartlomiej Hilszczanski</v>
       </c>
       <c r="E4">
         <v>-24</v>
       </c>
       <c r="F4">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="G4">
         <v>142220</v>
       </c>
       <c r="H4" t="str">
         <v>hilka142220</v>
       </c>
       <c r="I4">
         <v>-14</v>
       </c>
       <c r="J4">
         <v>-10</v>
       </c>
       <c r="K4">
         <v>46</v>
       </c>
       <c r="L4">
-        <v>41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>RAH</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Dima Gerashchenko</v>
+        <v>Artur Nowara</v>
       </c>
       <c r="E5">
-        <v>-23</v>
+        <v>-24</v>
       </c>
       <c r="F5">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>109329</v>
+        <v>96</v>
       </c>
       <c r="H5" t="str">
-        <v>dimagera</v>
+        <v>arturnowara85</v>
       </c>
       <c r="I5">
+        <v>-9</v>
+      </c>
+      <c r="J5">
         <v>-15</v>
       </c>
-      <c r="J5">
-[...1 lines deleted...]
-      </c>
       <c r="K5">
+        <v>51</v>
+      </c>
+      <c r="L5">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>RAH</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Artur Nowara</v>
+        <v>Marcel Słoma</v>
       </c>
       <c r="E6">
-        <v>-21</v>
+        <v>-24</v>
       </c>
       <c r="F6">
-        <v>87</v>
+        <v>96</v>
+      </c>
+      <c r="G6">
+        <v>244979</v>
       </c>
       <c r="H6" t="str">
-        <v>arturnowara85</v>
+        <v>huuuj12</v>
       </c>
       <c r="I6">
-        <v>-9</v>
+        <v>-12</v>
       </c>
       <c r="J6">
         <v>-12</v>
       </c>
       <c r="K6">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="L6">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>RAH</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>Marcel Słoma</v>
+        <v>Dima Gerashchenko</v>
       </c>
       <c r="E7">
-        <v>-21</v>
+        <v>-24</v>
       </c>
       <c r="F7">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="G7">
-        <v>244979</v>
+        <v>109329</v>
       </c>
       <c r="H7" t="str">
-        <v>huuuj12</v>
+        <v>dimagera</v>
       </c>
       <c r="I7">
-        <v>-12</v>
+        <v>-15</v>
       </c>
       <c r="J7">
         <v>-9</v>
       </c>
       <c r="K7">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="L7">
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>RAH</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Karol Prajs</v>
       </c>
       <c r="E8">
-        <v>-21</v>
+        <v>-23</v>
       </c>
       <c r="F8">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="H8" t="str">
         <v>karolprajs</v>
       </c>
       <c r="I8">
         <v>-15</v>
       </c>
       <c r="J8">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="K8">
         <v>45</v>
       </c>
       <c r="L8">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>RAH</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Jakub Frant</v>
       </c>
       <c r="E9">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F9">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G9">
         <v>196564</v>
       </c>
       <c r="H9" t="str">
         <v>kubafrant</v>
       </c>
       <c r="I9">
         <v>-5</v>
       </c>
       <c r="J9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K9">
         <v>55</v>
       </c>
       <c r="L9">
-        <v>49</v>
+        <v>62</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>RAE</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
-        <v>Michał Wolakowski</v>
+        <v>Paweł Rudziński</v>
       </c>
       <c r="E10">
         <v>-28</v>
       </c>
       <c r="F10">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="G10">
-        <v>237585</v>
+        <v>269072</v>
       </c>
       <c r="H10" t="str">
-        <v>avangaard</v>
+        <v>pavol95</v>
       </c>
       <c r="I10">
-        <v>-16</v>
+        <v>-13</v>
       </c>
       <c r="J10">
-        <v>-12</v>
+        <v>-15</v>
       </c>
       <c r="K10">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L10">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>RAE</v>
       </c>
       <c r="B11" t="str">
         <v>2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
-        <v>Przemek Greczka</v>
+        <v>Michał Wolakowski</v>
       </c>
       <c r="E11">
-        <v>-27</v>
+        <v>-28</v>
       </c>
       <c r="F11">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="G11">
-        <v>301901</v>
+        <v>237585</v>
       </c>
       <c r="H11" t="str">
-        <v>pszempszemek</v>
+        <v>avangaard</v>
       </c>
       <c r="I11">
-        <v>-13</v>
+        <v>-16</v>
       </c>
       <c r="J11">
-        <v>-14</v>
+        <v>-12</v>
       </c>
       <c r="K11">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="L11">
-        <v>34</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>RAE</v>
       </c>
       <c r="B12" t="str">
         <v>3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
-        <v>Paweł Rudziński</v>
+        <v>Przemek Greczka</v>
       </c>
       <c r="E12">
-        <v>-25</v>
+        <v>-27</v>
       </c>
       <c r="F12">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="G12">
-        <v>269072</v>
+        <v>301901</v>
       </c>
       <c r="H12" t="str">
-        <v>pavol95</v>
+        <v>pszempszemek</v>
       </c>
       <c r="I12">
         <v>-13</v>
       </c>
       <c r="J12">
-        <v>-12</v>
+        <v>-14</v>
       </c>
       <c r="K12">
         <v>47</v>
       </c>
       <c r="L12">
-        <v>36</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>RAE</v>
       </c>
       <c r="B13" t="str">
         <v>4</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E13">
-        <v>-22</v>
+        <v>-25</v>
       </c>
       <c r="F13">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="H13" t="str">
         <v>mcthin</v>
       </c>
       <c r="I13">
         <v>-13</v>
       </c>
       <c r="J13">
-        <v>-9</v>
+        <v>-12</v>
       </c>
       <c r="K13">
         <v>47</v>
       </c>
       <c r="L13">
-        <v>39</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>RAE</v>
       </c>
       <c r="B14" t="str">
-        <v>T5</v>
+        <v>5</v>
       </c>
       <c r="C14">
         <v>5</v>
       </c>
       <c r="D14" t="str">
-        <v>Sebastian Orzechowski</v>
+        <v>Dawid Kwinta</v>
       </c>
       <c r="E14">
-        <v>-21</v>
+        <v>-23</v>
       </c>
       <c r="F14">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="G14">
-        <v>281139</v>
+        <v>195468</v>
       </c>
       <c r="H14" t="str">
-        <v>pszymek</v>
+        <v>dkwinta</v>
       </c>
       <c r="I14">
-        <v>-8</v>
+        <v>-12</v>
       </c>
       <c r="J14">
-        <v>-13</v>
+        <v>-11</v>
       </c>
       <c r="K14">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="L14">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>RAE</v>
       </c>
       <c r="B15" t="str">
-        <v>T5</v>
+        <v>T6</v>
       </c>
       <c r="C15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D15" t="str">
-        <v>Dawid Kwinta</v>
+        <v>Sebastian Orzechowski</v>
       </c>
       <c r="E15">
-        <v>-21</v>
+        <v>-22</v>
       </c>
       <c r="F15">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="G15">
-        <v>195468</v>
+        <v>281139</v>
       </c>
       <c r="H15" t="str">
-        <v>dkwinta</v>
+        <v>pszymek</v>
       </c>
       <c r="I15">
-        <v>-12</v>
+        <v>-8</v>
       </c>
       <c r="J15">
-        <v>-9</v>
+        <v>-14</v>
       </c>
       <c r="K15">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L15">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>RAE</v>
       </c>
       <c r="B16" t="str">
-        <v>7</v>
+        <v>T6</v>
       </c>
       <c r="C16">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D16" t="str">
         <v>Kirill Patiaka</v>
       </c>
       <c r="E16">
-        <v>-20</v>
+        <v>-22</v>
       </c>
       <c r="F16">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="G16">
         <v>189400</v>
       </c>
       <c r="H16" t="str">
         <v>kirillpat</v>
       </c>
       <c r="I16">
         <v>-9</v>
       </c>
       <c r="J16">
-        <v>-11</v>
+        <v>-13</v>
       </c>
       <c r="K16">
         <v>51</v>
       </c>
       <c r="L16">
-        <v>37</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>RAE</v>
       </c>
       <c r="B17" t="str">
         <v>8</v>
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17" t="str">
         <v>Jan Madej</v>
       </c>
       <c r="E17">
-        <v>-19</v>
+        <v>-21</v>
       </c>
       <c r="F17">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="G17">
         <v>173581</v>
       </c>
       <c r="H17" t="str">
         <v>janmadej</v>
       </c>
       <c r="I17">
         <v>-11</v>
       </c>
       <c r="J17">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="K17">
         <v>49</v>
       </c>
       <c r="L17">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>RAE</v>
       </c>
       <c r="B18" t="str">
         <v>9</v>
       </c>
       <c r="C18">
         <v>9</v>
       </c>
       <c r="D18" t="str">
         <v>Grzegorz Ciszewski</v>
       </c>
       <c r="E18">
-        <v>-14</v>
+        <v>-18</v>
       </c>
       <c r="F18">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="G18">
         <v>283789</v>
       </c>
       <c r="H18" t="str">
         <v>janniezbedny</v>
       </c>
       <c r="I18">
         <v>-7</v>
       </c>
       <c r="J18">
-        <v>-7</v>
+        <v>-11</v>
       </c>
       <c r="K18">
         <v>53</v>
       </c>
       <c r="L18">
-        <v>38</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RAE</v>
       </c>
       <c r="B19" t="str">
         <v>10</v>
       </c>
       <c r="C19">
         <v>10</v>
       </c>
       <c r="D19" t="str">
-        <v>Ksawery</v>
+        <v>Tomasz Stawiarski</v>
       </c>
       <c r="E19">
-        <v>-11</v>
+        <v>-9</v>
       </c>
       <c r="F19">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="G19">
-        <v>301806</v>
+        <v>265109</v>
       </c>
       <c r="H19" t="str">
-        <v>ksawery</v>
+        <v>szamot</v>
       </c>
       <c r="I19">
-        <v>-3</v>
+        <v>-7</v>
       </c>
       <c r="J19">
-        <v>-8</v>
+        <v>-2</v>
       </c>
       <c r="K19">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="L19">
-        <v>40</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>RAE</v>
       </c>
       <c r="B20" t="str">
         <v>11</v>
       </c>
       <c r="C20">
         <v>11</v>
       </c>
       <c r="D20" t="str">
-        <v>Tomasz Stawiarski</v>
+        <v>Ksawery</v>
       </c>
       <c r="E20">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="F20">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="G20">
-        <v>265109</v>
+        <v>301806</v>
       </c>
       <c r="H20" t="str">
-        <v>szamot</v>
+        <v>ksawery</v>
       </c>
       <c r="I20">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="J20">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="K20">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L20">
-        <v>43</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>RAF</v>
       </c>
       <c r="B21" t="str">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Piotr Kądziołka</v>
       </c>
       <c r="E21">
-        <v>-23</v>
+        <v>-27</v>
       </c>
       <c r="F21">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="G21">
         <v>295854</v>
       </c>
       <c r="H21" t="str">
         <v>piotrk</v>
       </c>
       <c r="I21">
         <v>-12</v>
       </c>
       <c r="J21">
-        <v>-11</v>
+        <v>-15</v>
       </c>
       <c r="K21">
         <v>48</v>
       </c>
       <c r="L21">
-        <v>37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>RAF</v>
       </c>
       <c r="B22" t="str">
         <v>2</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22" t="str">
         <v>Bartłomiej Haratyk</v>
       </c>
       <c r="E22">
-        <v>-20</v>
+        <v>-23</v>
       </c>
       <c r="F22">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="G22">
         <v>300907</v>
       </c>
       <c r="H22" t="str">
         <v>bartoiio</v>
       </c>
       <c r="I22">
         <v>-11</v>
       </c>
       <c r="J22">
-        <v>-9</v>
+        <v>-12</v>
       </c>
       <c r="K22">
         <v>49</v>
       </c>
       <c r="L22">
-        <v>39</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>RAF</v>
       </c>
       <c r="B23" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E23">
-        <v>-15</v>
+        <v>-18</v>
       </c>
       <c r="F23">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="H23" t="str">
         <v>widmomw</v>
       </c>
       <c r="I23">
         <v>-3</v>
       </c>
       <c r="J23">
-        <v>-12</v>
+        <v>-15</v>
       </c>
       <c r="K23">
         <v>57</v>
       </c>
       <c r="L23">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>RAF</v>
       </c>
       <c r="B24" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D24" t="str">
-        <v>Mateusz Łaciak</v>
+        <v>Tomasz Gębka</v>
       </c>
       <c r="E24">
-        <v>-15</v>
+        <v>-18</v>
       </c>
       <c r="F24">
-        <v>90</v>
+        <v>102</v>
+      </c>
+      <c r="G24">
+        <v>300241</v>
       </c>
       <c r="H24" t="str">
-        <v>łacior</v>
+        <v>simbus</v>
       </c>
       <c r="I24">
+        <v>-10</v>
+      </c>
+      <c r="J24">
         <v>-8</v>
       </c>
-      <c r="J24">
-[...1 lines deleted...]
-      </c>
       <c r="K24">
+        <v>50</v>
+      </c>
+      <c r="L24">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>RAF</v>
       </c>
       <c r="B25" t="str">
-        <v>T3</v>
+        <v>5</v>
       </c>
       <c r="C25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D25" t="str">
-        <v>Tomasz Gębka</v>
+        <v>Mateusz Łaciak</v>
       </c>
       <c r="E25">
-        <v>-15</v>
+        <v>-17</v>
       </c>
       <c r="F25">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>300241</v>
+        <v>103</v>
       </c>
       <c r="H25" t="str">
-        <v>simbus</v>
+        <v>łacior</v>
       </c>
       <c r="I25">
-        <v>-10</v>
+        <v>-8</v>
       </c>
       <c r="J25">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="K25">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L25">
-        <v>43</v>
+        <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>RAF</v>
       </c>
       <c r="B26" t="str">
-        <v>6</v>
+        <v>T6</v>
       </c>
       <c r="C26">
         <v>6</v>
       </c>
       <c r="D26" t="str">
-        <v>Grzegorz Bugdoł</v>
+        <v>Bernard Zaczyński</v>
       </c>
       <c r="E26">
-        <v>-14</v>
+        <v>-15</v>
       </c>
       <c r="F26">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>300243</v>
+        <v>105</v>
       </c>
       <c r="H26" t="str">
-        <v>gbugdol</v>
+        <v>bernos</v>
       </c>
       <c r="I26">
-        <v>-11</v>
+        <v>-9</v>
       </c>
       <c r="J26">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="K26">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L26">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>RAF</v>
       </c>
       <c r="B27" t="str">
-        <v>7</v>
+        <v>T6</v>
       </c>
       <c r="C27">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D27" t="str">
-        <v>Sylwester Szczypczyk</v>
+        <v>Grzegorz Bugdoł</v>
       </c>
       <c r="E27">
-        <v>-13</v>
+        <v>-15</v>
       </c>
       <c r="F27">
-        <v>92</v>
+        <v>105</v>
+      </c>
+      <c r="G27">
+        <v>300243</v>
       </c>
       <c r="H27" t="str">
-        <v>sylwo132</v>
+        <v>gbugdol</v>
       </c>
       <c r="I27">
-        <v>-9</v>
+        <v>-11</v>
       </c>
       <c r="J27">
         <v>-4</v>
       </c>
       <c r="K27">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="L27">
-        <v>41</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>RAF</v>
       </c>
       <c r="B28" t="str">
         <v>T8</v>
       </c>
       <c r="C28">
         <v>8</v>
       </c>
       <c r="D28" t="str">
-        <v>Bernard Zaczyński</v>
+        <v>Janek Zimoch</v>
       </c>
       <c r="E28">
+        <v>-14</v>
+      </c>
+      <c r="F28">
+        <v>106</v>
+      </c>
+      <c r="G28">
+        <v>301799</v>
+      </c>
+      <c r="H28" t="str">
+        <v>mowmijan</v>
+      </c>
+      <c r="I28">
+        <v>-3</v>
+      </c>
+      <c r="J28">
         <v>-11</v>
       </c>
-      <c r="F28">
-[...10 lines deleted...]
-      </c>
       <c r="K28">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="L28">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>RAF</v>
       </c>
       <c r="B29" t="str">
         <v>T8</v>
       </c>
       <c r="C29">
         <v>8</v>
       </c>
       <c r="D29" t="str">
-        <v>Łukasz Frant</v>
+        <v>Sylwester Szczypczyk</v>
       </c>
       <c r="E29">
-        <v>-11</v>
+        <v>-14</v>
       </c>
       <c r="F29">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>265184</v>
+        <v>106</v>
       </c>
       <c r="H29" t="str">
-        <v>lufrant</v>
+        <v>sylwo132</v>
       </c>
       <c r="I29">
-        <v>-10</v>
+        <v>-9</v>
       </c>
       <c r="J29">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="K29">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L29">
-        <v>47</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>RAF</v>
       </c>
       <c r="B30" t="str">
-        <v>T10</v>
+        <v>10</v>
       </c>
       <c r="C30">
         <v>10</v>
       </c>
       <c r="D30" t="str">
-        <v>Janek Zimoch</v>
+        <v>Łukasz Frant</v>
       </c>
       <c r="E30">
+        <v>-13</v>
+      </c>
+      <c r="F30">
+        <v>107</v>
+      </c>
+      <c r="G30">
+        <v>265184</v>
+      </c>
+      <c r="H30" t="str">
+        <v>lufrant</v>
+      </c>
+      <c r="I30">
         <v>-10</v>
       </c>
-      <c r="F30">
-[...8 lines deleted...]
-      <c r="I30">
+      <c r="J30">
         <v>-3</v>
       </c>
-      <c r="J30">
-[...1 lines deleted...]
-      </c>
       <c r="K30">
+        <v>50</v>
+      </c>
+      <c r="L30">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>RAF</v>
       </c>
       <c r="B31" t="str">
-        <v>T10</v>
+        <v>T11</v>
       </c>
       <c r="C31">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D31" t="str">
-        <v>Elesya koroglu</v>
+        <v>Dawid Golonka</v>
       </c>
       <c r="E31">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="F31">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="H31" t="str">
-        <v>eleboii</v>
+        <v>mrufaa</v>
       </c>
       <c r="I31">
         <v>-6</v>
       </c>
       <c r="J31">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="K31">
         <v>54</v>
       </c>
       <c r="L31">
-        <v>44</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>RAF</v>
       </c>
       <c r="B32" t="str">
-        <v>T12</v>
+        <v>T11</v>
       </c>
       <c r="C32">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D32" t="str">
-        <v>Dawid Golonka</v>
+        <v>Elesya koroglu</v>
       </c>
       <c r="E32">
-        <v>-9</v>
+        <v>-11</v>
       </c>
       <c r="F32">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="H32" t="str">
-        <v>mrufaa</v>
+        <v>eleboii</v>
       </c>
       <c r="I32">
         <v>-6</v>
       </c>
       <c r="J32">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="K32">
         <v>54</v>
       </c>
       <c r="L32">
-        <v>42</v>
+        <v>55</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>RAF</v>
       </c>
       <c r="B33" t="str">
-        <v>T12</v>
+        <v>T11</v>
       </c>
       <c r="C33">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D33" t="str">
         <v>Kacper Prasał</v>
       </c>
       <c r="E33">
-        <v>-9</v>
+        <v>-11</v>
       </c>
       <c r="F33">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="H33" t="str">
         <v>iamkapoi</v>
       </c>
       <c r="I33">
         <v>-6</v>
       </c>
       <c r="J33">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="K33">
         <v>54</v>
       </c>
       <c r="L33">
-        <v>42</v>
+        <v>55</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>RAF</v>
       </c>
       <c r="B34" t="str">
         <v>T14</v>
       </c>
       <c r="C34">
         <v>14</v>
       </c>
       <c r="D34" t="str">
-        <v>Antoni Zimoch</v>
+        <v>Szymon Małota</v>
       </c>
       <c r="E34">
-        <v>-7</v>
+        <v>-10</v>
       </c>
       <c r="F34">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="H34" t="str">
-        <v>antekz</v>
+        <v>szynom</v>
       </c>
       <c r="I34">
+        <v>-6</v>
+      </c>
+      <c r="J34">
         <v>-4</v>
       </c>
-      <c r="J34">
-[...1 lines deleted...]
-      </c>
       <c r="K34">
+        <v>54</v>
+      </c>
+      <c r="L34">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>T14</v>
       </c>
       <c r="C35">
         <v>14</v>
       </c>
       <c r="D35" t="str">
-        <v>Szymon Małota</v>
+        <v>Rafał Fyda</v>
       </c>
       <c r="E35">
+        <v>-10</v>
+      </c>
+      <c r="F35">
+        <v>110</v>
+      </c>
+      <c r="H35" t="str">
+        <v>fydziu</v>
+      </c>
+      <c r="I35">
         <v>-7</v>
       </c>
-      <c r="F35">
-[...7 lines deleted...]
-      </c>
       <c r="J35">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="K35">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L35">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>RAF</v>
       </c>
       <c r="B36" t="str">
-        <v>T14</v>
+        <v>T16</v>
       </c>
       <c r="C36">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D36" t="str">
-        <v>Adam Miratyński</v>
+        <v>Szymon Cichocki</v>
       </c>
       <c r="E36">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F36">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>300263</v>
+        <v>112</v>
       </c>
       <c r="H36" t="str">
-        <v>adamozo</v>
+        <v>simonlesilence</v>
       </c>
       <c r="I36">
-        <v>-8</v>
+        <v>-2</v>
       </c>
       <c r="J36">
-        <v>1</v>
+        <v>-6</v>
       </c>
       <c r="K36">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="L36">
-        <v>46</v>
+        <v>54</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
-        <v>T14</v>
+        <v>T16</v>
       </c>
       <c r="C37">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D37" t="str">
-        <v>Massimiliano Di Ubaldo</v>
+        <v>Antoni Zimoch</v>
       </c>
       <c r="E37">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F37">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>299778</v>
+        <v>112</v>
       </c>
       <c r="H37" t="str">
-        <v>maximusrain</v>
+        <v>antekz</v>
       </c>
       <c r="I37">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="J37">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="K37">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L37">
-        <v>46</v>
+        <v>56</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>T18</v>
       </c>
       <c r="C38">
         <v>18</v>
       </c>
       <c r="D38" t="str">
-        <v>Szymon Cichocki</v>
+        <v>Massimiliano Di Ubaldo</v>
       </c>
       <c r="E38">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F38">
-        <v>99</v>
+        <v>113</v>
+      </c>
+      <c r="G38">
+        <v>299778</v>
       </c>
       <c r="H38" t="str">
-        <v>simonlesilence</v>
+        <v>maximusrain</v>
       </c>
       <c r="I38">
+        <v>-5</v>
+      </c>
+      <c r="J38">
         <v>-2</v>
       </c>
-      <c r="J38">
-[...1 lines deleted...]
-      </c>
       <c r="K38">
+        <v>55</v>
+      </c>
+      <c r="L38">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>T18</v>
       </c>
       <c r="C39">
         <v>18</v>
       </c>
       <c r="D39" t="str">
-        <v>Rafał Fyda</v>
+        <v>Adam Miratyński</v>
       </c>
       <c r="E39">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F39">
-        <v>99</v>
+        <v>113</v>
+      </c>
+      <c r="G39">
+        <v>300263</v>
       </c>
       <c r="H39" t="str">
-        <v>fydziu</v>
+        <v>adamozo</v>
       </c>
       <c r="I39">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="J39">
         <v>1</v>
       </c>
       <c r="K39">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L39">
-        <v>46</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
-        <v>T20</v>
+        <v>20</v>
       </c>
       <c r="C40">
         <v>20</v>
       </c>
       <c r="D40" t="str">
-        <v>Marcin Stożek</v>
+        <v>Mikołaj Kądziołka</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F40">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="H40" t="str">
-        <v>keshy12</v>
+        <v>kądziołek</v>
       </c>
       <c r="I40">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J40">
         <v>-1</v>
       </c>
       <c r="K40">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="L40">
-        <v>44</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
-        <v>T20</v>
+        <v>21</v>
       </c>
       <c r="C41">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D41" t="str">
-        <v>Kacper Galias</v>
+        <v>Marcin Stożek</v>
       </c>
       <c r="E41">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F41">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="H41" t="str">
-        <v>kacpidzi</v>
+        <v>keshy12</v>
       </c>
       <c r="I41">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J41">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="K41">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L41">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>RAF</v>
       </c>
       <c r="B42" t="str">
-        <v>T20</v>
+        <v>22</v>
       </c>
       <c r="C42">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D42" t="str">
-        <v>Mikołaj Kądziołka</v>
+        <v>Kacper Galias</v>
       </c>
       <c r="E42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F42">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="H42" t="str">
-        <v>kądziołek</v>
+        <v>kacpidzi</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K42">
         <v>60</v>
       </c>
       <c r="L42">
-        <v>47</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>RAF</v>
       </c>
       <c r="B43" t="str">
         <v>23</v>
       </c>
       <c r="C43">
         <v>23</v>
       </c>
       <c r="D43" t="str">
         <v>Mateusz Stefaniak</v>
       </c>
       <c r="E43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F43">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="H43" t="str">
         <v>stjepanejro</v>
       </c>
       <c r="I43">
         <v>3</v>
       </c>
       <c r="J43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K43">
         <v>63</v>
       </c>
       <c r="L43">
-        <v>46</v>
+        <v>60</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>RAF</v>
       </c>
       <c r="B44" t="str">
         <v>24</v>
       </c>
       <c r="C44">
         <v>24</v>
       </c>
       <c r="D44" t="str">
         <v>Roman szymocha</v>
       </c>
       <c r="E44">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F44">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="H44" t="str">
         <v>szymocha</v>
       </c>
       <c r="I44">
         <v>6</v>
       </c>
       <c r="J44">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="K44">
         <v>66</v>
       </c>
       <c r="L44">
-        <v>44</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>25</v>
       </c>
       <c r="C45">
         <v>25</v>
       </c>
       <c r="D45" t="str">
         <v>Oliwier Jaworski</v>
       </c>
       <c r="E45">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F45">
-        <v>113</v>
+        <v>129</v>
       </c>
       <c r="H45" t="str">
         <v>kuleczka</v>
       </c>
       <c r="I45">
         <v>2</v>
       </c>
       <c r="J45">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K45">
         <v>62</v>
       </c>
       <c r="L45">
-        <v>51</v>
+        <v>67</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>RAF</v>
       </c>
       <c r="B46" t="str">
         <v>26</v>
       </c>
       <c r="C46">
         <v>26</v>
       </c>
       <c r="D46" t="str">
         <v>Patryk Wiśniewski</v>
       </c>
       <c r="E46">
-        <v>144</v>
+        <v>160</v>
       </c>
       <c r="F46">
-        <v>252</v>
+        <v>280</v>
       </c>
       <c r="H46" t="str">
         <v>wisnia</v>
       </c>
       <c r="I46">
         <v>80</v>
       </c>
       <c r="J46">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="K46">
         <v>140</v>
       </c>
       <c r="L46">
-        <v>112</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>RAP</v>
       </c>
       <c r="B47" t="str">
         <v>1</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
       <c r="D47" t="str">
         <v>Dasha Gerashchenko</v>
       </c>
       <c r="E47">
-        <v>-17</v>
+        <v>-20</v>
       </c>
       <c r="F47">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="G47">
         <v>200101</v>
       </c>
       <c r="H47" t="str">
         <v>darynagera</v>
       </c>
       <c r="I47">
         <v>-12</v>
       </c>
       <c r="J47">
-        <v>-5</v>
+        <v>-8</v>
       </c>
       <c r="K47">
         <v>48</v>
       </c>
       <c r="L47">
-        <v>40</v>
+        <v>52</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>RAP</v>
       </c>
       <c r="B48" t="str">
         <v>2</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48" t="str">
         <v>Joanna Zaczyńska</v>
       </c>
       <c r="E48">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="F48">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="H48" t="str">
         <v>joannazaczynska</v>
       </c>
       <c r="I48">
         <v>-5</v>
       </c>
       <c r="J48">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="K48">
         <v>55</v>
       </c>
       <c r="L48">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>RAP</v>
       </c>
       <c r="B49" t="str">
         <v>3</v>
       </c>
       <c r="C49">
         <v>3</v>
       </c>
       <c r="D49" t="str">
-        <v>Kamila Płoszczyca</v>
+        <v>Wiktoria Makselon</v>
       </c>
       <c r="E49">
         <v>-2</v>
       </c>
       <c r="F49">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>295143</v>
+        <v>118</v>
       </c>
       <c r="H49" t="str">
-        <v>kamplo</v>
+        <v>wikidisc</v>
       </c>
       <c r="I49">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J49">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="K49">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="L49">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>RAP</v>
       </c>
       <c r="B50" t="str">
         <v>4</v>
       </c>
       <c r="C50">
         <v>4</v>
       </c>
       <c r="D50" t="str">
-        <v>Wiktoria Makselon</v>
+        <v>Kamila Płoszczyca</v>
       </c>
       <c r="E50">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F50">
-        <v>104</v>
+        <v>120</v>
+      </c>
+      <c r="G50">
+        <v>295143</v>
       </c>
       <c r="H50" t="str">
-        <v>wikidisc</v>
+        <v>kamplo</v>
       </c>
       <c r="I50">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="J50">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K50">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="L50">
-        <v>47</v>
+        <v>60</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>RAP</v>
       </c>
       <c r="B51" t="str">
         <v>5</v>
       </c>
       <c r="C51">
         <v>5</v>
       </c>
       <c r="D51" t="str">
         <v>Julia Adamczyk</v>
       </c>
       <c r="E51">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F51">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="H51" t="str">
         <v>julasw</v>
       </c>
       <c r="I51">
         <v>10</v>
       </c>
       <c r="J51">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K51">
         <v>70</v>
       </c>
       <c r="L51">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:L51"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AD51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
@@ -7117,149 +7117,158 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_20</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>RAH</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Karol Zaczyński</v>
       </c>
       <c r="E2">
-        <v>-33</v>
+        <v>-36</v>
       </c>
       <c r="F2">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="G2">
         <v>281149</v>
       </c>
       <c r="H2" t="str">
         <v>zaczor</v>
       </c>
       <c r="I2">
-        <v>-13</v>
+        <v>-16</v>
       </c>
       <c r="J2">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
+        <v>2</v>
+      </c>
+      <c r="AC2">
+        <v>2</v>
+      </c>
+      <c r="AD2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>RAH</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Bartosz Wiśniewski</v>
       </c>
       <c r="E3">
-        <v>-28</v>
+        <v>-29</v>
       </c>
       <c r="F3">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="G3">
         <v>226131</v>
       </c>
       <c r="H3" t="str">
         <v>bartekwisnia4</v>
       </c>
       <c r="I3">
-        <v>-15</v>
+        <v>-16</v>
       </c>
       <c r="J3">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
@@ -7267,402 +7276,453 @@
         <v>2</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>2</v>
+      </c>
+      <c r="AB3">
+        <v>2</v>
+      </c>
+      <c r="AC3">
+        <v>3</v>
+      </c>
+      <c r="AD3">
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>RAH</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Bartlomiej Hilszczanski</v>
       </c>
       <c r="E4">
         <v>-24</v>
       </c>
       <c r="F4">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="G4">
         <v>142220</v>
       </c>
       <c r="H4" t="str">
         <v>hilka142220</v>
       </c>
       <c r="I4">
         <v>-10</v>
       </c>
       <c r="J4">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
+        <v>2</v>
+      </c>
+      <c r="AB4">
+        <v>2</v>
+      </c>
+      <c r="AC4">
+        <v>5</v>
+      </c>
+      <c r="AD4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>RAH</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Dima Gerashchenko</v>
+        <v>Artur Nowara</v>
       </c>
       <c r="E5">
-        <v>-23</v>
+        <v>-24</v>
       </c>
       <c r="F5">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>109329</v>
+        <v>96</v>
       </c>
       <c r="H5" t="str">
-        <v>dimagera</v>
+        <v>arturnowara85</v>
       </c>
       <c r="I5">
-        <v>-8</v>
+        <v>-15</v>
       </c>
       <c r="J5">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
+        <v>2</v>
+      </c>
+      <c r="AB5">
+        <v>2</v>
+      </c>
+      <c r="AC5">
+        <v>3</v>
+      </c>
+      <c r="AD5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>RAH</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Artur Nowara</v>
+        <v>Marcel Słoma</v>
       </c>
       <c r="E6">
-        <v>-21</v>
+        <v>-24</v>
       </c>
       <c r="F6">
-        <v>87</v>
+        <v>96</v>
+      </c>
+      <c r="G6">
+        <v>244979</v>
       </c>
       <c r="H6" t="str">
-        <v>arturnowara85</v>
+        <v>huuuj12</v>
       </c>
       <c r="I6">
         <v>-12</v>
       </c>
       <c r="J6">
-        <v>36</v>
+        <v>48</v>
+      </c>
+      <c r="K6">
+        <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q6">
         <v>2</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U6">
         <v>2</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
+        <v>2</v>
+      </c>
+      <c r="AB6">
+        <v>2</v>
+      </c>
+      <c r="AC6">
+        <v>3</v>
+      </c>
+      <c r="AD6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>RAH</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>Marcel Słoma</v>
+        <v>Dima Gerashchenko</v>
       </c>
       <c r="E7">
-        <v>-21</v>
+        <v>-24</v>
       </c>
       <c r="F7">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="G7">
-        <v>244979</v>
+        <v>109329</v>
       </c>
       <c r="H7" t="str">
-        <v>huuuj12</v>
+        <v>dimagera</v>
       </c>
       <c r="I7">
         <v>-9</v>
       </c>
       <c r="J7">
-        <v>39</v>
+        <v>51</v>
+      </c>
+      <c r="K7">
+        <v>2</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>2</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
+        <v>2</v>
+      </c>
+      <c r="AB7">
+        <v>4</v>
+      </c>
+      <c r="AC7">
+        <v>2</v>
+      </c>
+      <c r="AD7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>RAH</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Karol Prajs</v>
       </c>
       <c r="E8">
-        <v>-21</v>
+        <v>-23</v>
       </c>
       <c r="F8">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="H8" t="str">
         <v>karolprajs</v>
       </c>
       <c r="I8">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="J8">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
@@ -7670,1033 +7730,1204 @@
         <v>3</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>4</v>
+      </c>
+      <c r="AB8">
+        <v>3</v>
+      </c>
+      <c r="AC8">
+        <v>2</v>
+      </c>
+      <c r="AD8">
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>RAH</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Jakub Frant</v>
       </c>
       <c r="E9">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F9">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G9">
         <v>196564</v>
       </c>
       <c r="H9" t="str">
         <v>kubafrant</v>
       </c>
       <c r="I9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J9">
-        <v>49</v>
+        <v>62</v>
+      </c>
+      <c r="K9">
+        <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>5</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>4</v>
+      </c>
+      <c r="AB9">
+        <v>2</v>
+      </c>
+      <c r="AC9">
+        <v>5</v>
+      </c>
+      <c r="AD9">
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>RAE</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
-        <v>Michał Wolakowski</v>
+        <v>Paweł Rudziński</v>
       </c>
       <c r="E10">
         <v>-28</v>
       </c>
       <c r="F10">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="G10">
-        <v>237585</v>
+        <v>269072</v>
       </c>
       <c r="H10" t="str">
-        <v>avangaard</v>
+        <v>pavol95</v>
       </c>
       <c r="I10">
-        <v>-12</v>
+        <v>-15</v>
       </c>
       <c r="J10">
-        <v>36</v>
+        <v>45</v>
+      </c>
+      <c r="K10">
+        <v>2</v>
+      </c>
+      <c r="L10">
+        <v>2</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>2</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
+        <v>2</v>
+      </c>
+      <c r="AC10">
+        <v>3</v>
+      </c>
+      <c r="AD10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>RAE</v>
       </c>
       <c r="B11" t="str">
         <v>2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
-        <v>Przemek Greczka</v>
+        <v>Michał Wolakowski</v>
       </c>
       <c r="E11">
-        <v>-27</v>
+        <v>-28</v>
       </c>
       <c r="F11">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="G11">
-        <v>301901</v>
+        <v>237585</v>
       </c>
       <c r="H11" t="str">
-        <v>pszempszemek</v>
+        <v>avangaard</v>
       </c>
       <c r="I11">
-        <v>-14</v>
+        <v>-12</v>
       </c>
       <c r="J11">
-        <v>34</v>
+        <v>48</v>
+      </c>
+      <c r="K11">
+        <v>3</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>2</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
       <c r="U11">
         <v>2</v>
       </c>
       <c r="V11">
         <v>2</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
       <c r="X11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
+        <v>2</v>
+      </c>
+      <c r="AC11">
+        <v>4</v>
+      </c>
+      <c r="AD11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>RAE</v>
       </c>
       <c r="B12" t="str">
         <v>3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
-        <v>Paweł Rudziński</v>
+        <v>Przemek Greczka</v>
       </c>
       <c r="E12">
-        <v>-25</v>
+        <v>-27</v>
       </c>
       <c r="F12">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="G12">
-        <v>269072</v>
+        <v>301901</v>
       </c>
       <c r="H12" t="str">
-        <v>pavol95</v>
+        <v>pszempszemek</v>
       </c>
       <c r="I12">
-        <v>-12</v>
+        <v>-14</v>
       </c>
       <c r="J12">
-        <v>36</v>
+        <v>46</v>
+      </c>
+      <c r="K12">
+        <v>3</v>
+      </c>
+      <c r="L12">
+        <v>2</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V12">
         <v>2</v>
       </c>
       <c r="W12">
         <v>2</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB12">
         <v>2</v>
+      </c>
+      <c r="AC12">
+        <v>4</v>
+      </c>
+      <c r="AD12">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>RAE</v>
       </c>
       <c r="B13" t="str">
         <v>4</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E13">
-        <v>-22</v>
+        <v>-25</v>
       </c>
       <c r="F13">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="H13" t="str">
         <v>mcthin</v>
       </c>
       <c r="I13">
-        <v>-9</v>
+        <v>-12</v>
       </c>
       <c r="J13">
-        <v>39</v>
+        <v>48</v>
+      </c>
+      <c r="K13">
+        <v>2</v>
+      </c>
+      <c r="L13">
+        <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>
       <c r="U13">
         <v>2</v>
       </c>
       <c r="V13">
         <v>2</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>2</v>
       </c>
       <c r="AB13">
         <v>3</v>
+      </c>
+      <c r="AC13">
+        <v>3</v>
+      </c>
+      <c r="AD13">
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>RAE</v>
       </c>
       <c r="B14" t="str">
-        <v>T5</v>
+        <v>5</v>
       </c>
       <c r="C14">
         <v>5</v>
       </c>
       <c r="D14" t="str">
-        <v>Sebastian Orzechowski</v>
+        <v>Dawid Kwinta</v>
       </c>
       <c r="E14">
-        <v>-21</v>
+        <v>-23</v>
       </c>
       <c r="F14">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="G14">
-        <v>281139</v>
+        <v>195468</v>
       </c>
       <c r="H14" t="str">
-        <v>pszymek</v>
+        <v>dkwinta</v>
       </c>
       <c r="I14">
-        <v>-13</v>
+        <v>-11</v>
       </c>
       <c r="J14">
-        <v>35</v>
+        <v>49</v>
+      </c>
+      <c r="K14">
+        <v>2</v>
+      </c>
+      <c r="L14">
+        <v>2</v>
+      </c>
+      <c r="M14">
+        <v>2</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
         <v>2</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T14">
         <v>2</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
         <v>2</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="Y14">
         <v>2</v>
       </c>
       <c r="Z14">
         <v>2</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC14">
+        <v>4</v>
+      </c>
+      <c r="AD14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>RAE</v>
       </c>
       <c r="B15" t="str">
-        <v>T5</v>
+        <v>T6</v>
       </c>
       <c r="C15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D15" t="str">
-        <v>Dawid Kwinta</v>
+        <v>Sebastian Orzechowski</v>
       </c>
       <c r="E15">
-        <v>-21</v>
+        <v>-22</v>
       </c>
       <c r="F15">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="G15">
-        <v>195468</v>
+        <v>281139</v>
       </c>
       <c r="H15" t="str">
-        <v>dkwinta</v>
+        <v>pszymek</v>
       </c>
       <c r="I15">
-        <v>-9</v>
+        <v>-14</v>
       </c>
       <c r="J15">
-        <v>39</v>
+        <v>46</v>
+      </c>
+      <c r="K15">
+        <v>3</v>
+      </c>
+      <c r="L15">
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T15">
         <v>2</v>
       </c>
       <c r="U15">
         <v>2</v>
       </c>
       <c r="V15">
         <v>2</v>
       </c>
       <c r="W15">
         <v>2</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
       <c r="Y15">
         <v>2</v>
       </c>
       <c r="Z15">
         <v>2</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="AC15">
+        <v>2</v>
+      </c>
+      <c r="AD15">
+        <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>RAE</v>
       </c>
       <c r="B16" t="str">
-        <v>7</v>
+        <v>T6</v>
       </c>
       <c r="C16">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D16" t="str">
         <v>Kirill Patiaka</v>
       </c>
       <c r="E16">
-        <v>-20</v>
+        <v>-22</v>
       </c>
       <c r="F16">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="G16">
         <v>189400</v>
       </c>
       <c r="H16" t="str">
         <v>kirillpat</v>
       </c>
       <c r="I16">
-        <v>-11</v>
+        <v>-13</v>
       </c>
       <c r="J16">
-        <v>37</v>
+        <v>47</v>
+      </c>
+      <c r="K16">
+        <v>3</v>
+      </c>
+      <c r="L16">
+        <v>2</v>
+      </c>
+      <c r="M16">
+        <v>2</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>
       <c r="U16">
         <v>2</v>
       </c>
       <c r="V16">
         <v>2</v>
       </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16">
         <v>2</v>
       </c>
       <c r="Y16">
         <v>2</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
       <c r="AC16">
+        <v>3</v>
+      </c>
+      <c r="AD16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>RAE</v>
       </c>
       <c r="B17" t="str">
         <v>8</v>
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17" t="str">
         <v>Jan Madej</v>
       </c>
       <c r="E17">
-        <v>-19</v>
+        <v>-21</v>
       </c>
       <c r="F17">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="G17">
         <v>173581</v>
       </c>
       <c r="H17" t="str">
         <v>janmadej</v>
       </c>
       <c r="I17">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="J17">
-        <v>40</v>
+        <v>50</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>2</v>
+      </c>
+      <c r="M17">
+        <v>2</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>2</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>2</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
       <c r="T17">
         <v>2</v>
       </c>
       <c r="U17">
         <v>2</v>
       </c>
       <c r="V17">
         <v>4</v>
       </c>
       <c r="W17">
         <v>2</v>
       </c>
       <c r="X17">
         <v>2</v>
       </c>
       <c r="Y17">
         <v>2</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>4</v>
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
       <c r="AC17">
         <v>2</v>
+      </c>
+      <c r="AD17">
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>RAE</v>
       </c>
       <c r="B18" t="str">
         <v>9</v>
       </c>
       <c r="C18">
         <v>9</v>
       </c>
       <c r="D18" t="str">
         <v>Grzegorz Ciszewski</v>
       </c>
       <c r="E18">
-        <v>-14</v>
+        <v>-18</v>
       </c>
       <c r="F18">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="G18">
         <v>283789</v>
       </c>
       <c r="H18" t="str">
         <v>janniezbedny</v>
       </c>
       <c r="I18">
-        <v>-7</v>
+        <v>-11</v>
       </c>
       <c r="J18">
-        <v>38</v>
+        <v>49</v>
+      </c>
+      <c r="K18">
+        <v>3</v>
+      </c>
+      <c r="L18">
+        <v>2</v>
+      </c>
+      <c r="M18">
+        <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>2</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>2</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>2</v>
       </c>
       <c r="U18">
         <v>2</v>
       </c>
       <c r="V18">
         <v>2</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>2</v>
       </c>
       <c r="AA18">
         <v>2</v>
       </c>
       <c r="AB18">
         <v>3</v>
+      </c>
+      <c r="AC18">
+        <v>2</v>
+      </c>
+      <c r="AD18">
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RAE</v>
       </c>
       <c r="B19" t="str">
         <v>10</v>
       </c>
       <c r="C19">
         <v>10</v>
       </c>
       <c r="D19" t="str">
-        <v>Ksawery</v>
+        <v>Tomasz Stawiarski</v>
       </c>
       <c r="E19">
-        <v>-11</v>
+        <v>-9</v>
       </c>
       <c r="F19">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="G19">
-        <v>301806</v>
+        <v>265109</v>
       </c>
       <c r="H19" t="str">
-        <v>ksawery</v>
+        <v>szamot</v>
       </c>
       <c r="I19">
-        <v>-8</v>
+        <v>-2</v>
       </c>
       <c r="J19">
-        <v>40</v>
+        <v>58</v>
+      </c>
+      <c r="K19">
+        <v>2</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T19">
         <v>2</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X19">
         <v>2</v>
       </c>
       <c r="Y19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA19">
         <v>2</v>
+      </c>
+      <c r="AB19">
+        <v>3</v>
+      </c>
+      <c r="AC19">
+        <v>4</v>
+      </c>
+      <c r="AD19">
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>RAE</v>
       </c>
       <c r="B20" t="str">
         <v>11</v>
       </c>
       <c r="C20">
         <v>11</v>
       </c>
       <c r="D20" t="str">
-        <v>Tomasz Stawiarski</v>
+        <v>Ksawery</v>
       </c>
       <c r="E20">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="F20">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="G20">
-        <v>265109</v>
+        <v>301806</v>
       </c>
       <c r="H20" t="str">
-        <v>szamot</v>
+        <v>ksawery</v>
       </c>
       <c r="I20">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="J20">
-        <v>43</v>
+        <v>55</v>
+      </c>
+      <c r="K20">
+        <v>2</v>
+      </c>
+      <c r="L20">
+        <v>2</v>
+      </c>
+      <c r="M20">
+        <v>2</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>2</v>
       </c>
       <c r="U20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
         <v>2</v>
       </c>
       <c r="Y20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA20">
         <v>2</v>
       </c>
       <c r="AB20">
+        <v>2</v>
+      </c>
+      <c r="AC20">
+        <v>8</v>
+      </c>
+      <c r="AD20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>RAF</v>
       </c>
       <c r="B21" t="str">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Piotr Kądziołka</v>
       </c>
       <c r="E21">
-        <v>-23</v>
+        <v>-27</v>
       </c>
       <c r="F21">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="G21">
         <v>295854</v>
       </c>
       <c r="H21" t="str">
         <v>piotrk</v>
       </c>
       <c r="I21">
-        <v>-11</v>
+        <v>-15</v>
       </c>
       <c r="J21">
-        <v>37</v>
+        <v>45</v>
+      </c>
+      <c r="K21">
+        <v>2</v>
+      </c>
+      <c r="L21">
+        <v>2</v>
+      </c>
+      <c r="M21">
+        <v>2</v>
+      </c>
+      <c r="N21">
+        <v>2</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>2</v>
       </c>
       <c r="R21">
         <v>2</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>2</v>
       </c>
       <c r="U21">
         <v>2</v>
       </c>
       <c r="V21">
         <v>2</v>
       </c>
@@ -8717,66 +8948,78 @@
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
       <c r="AC21">
         <v>2</v>
       </c>
       <c r="AD21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>RAF</v>
       </c>
       <c r="B22" t="str">
         <v>2</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22" t="str">
         <v>Bartłomiej Haratyk</v>
       </c>
       <c r="E22">
-        <v>-20</v>
+        <v>-23</v>
       </c>
       <c r="F22">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="G22">
         <v>300907</v>
       </c>
       <c r="H22" t="str">
         <v>bartoiio</v>
       </c>
       <c r="I22">
-        <v>-9</v>
+        <v>-12</v>
       </c>
       <c r="J22">
-        <v>39</v>
+        <v>48</v>
+      </c>
+      <c r="K22">
+        <v>2</v>
+      </c>
+      <c r="L22">
+        <v>3</v>
+      </c>
+      <c r="M22">
+        <v>2</v>
+      </c>
+      <c r="N22">
+        <v>2</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>
       <c r="Q22">
         <v>4</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>2</v>
       </c>
       <c r="U22">
         <v>2</v>
       </c>
       <c r="V22">
         <v>2</v>
       </c>
@@ -8788,838 +9031,991 @@
       </c>
       <c r="Y22">
         <v>2</v>
       </c>
       <c r="Z22">
         <v>2</v>
       </c>
       <c r="AA22">
         <v>2</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
         <v>3</v>
       </c>
       <c r="AD22">
         <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>RAF</v>
       </c>
       <c r="B23" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E23">
-        <v>-15</v>
+        <v>-18</v>
       </c>
       <c r="F23">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="H23" t="str">
         <v>widmomw</v>
       </c>
       <c r="I23">
-        <v>-12</v>
+        <v>-15</v>
       </c>
       <c r="J23">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23">
         <v>2</v>
+      </c>
+      <c r="M23">
+        <v>3</v>
+      </c>
+      <c r="N23">
+        <v>2</v>
+      </c>
+      <c r="O23">
+        <v>2</v>
+      </c>
+      <c r="P23">
+        <v>2</v>
+      </c>
+      <c r="Q23">
+        <v>3</v>
       </c>
       <c r="R23">
         <v>2</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>2</v>
       </c>
       <c r="U23">
         <v>2</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
         <v>2</v>
       </c>
       <c r="X23">
         <v>2</v>
       </c>
       <c r="Y23">
         <v>2</v>
       </c>
       <c r="Z23">
         <v>2</v>
       </c>
       <c r="AA23">
         <v>2</v>
       </c>
       <c r="AB23">
         <v>2</v>
       </c>
       <c r="AC23">
         <v>3</v>
       </c>
       <c r="AD23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>RAF</v>
       </c>
       <c r="B24" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D24" t="str">
-        <v>Mateusz Łaciak</v>
+        <v>Tomasz Gębka</v>
       </c>
       <c r="E24">
-        <v>-15</v>
+        <v>-18</v>
       </c>
       <c r="F24">
-        <v>90</v>
+        <v>102</v>
+      </c>
+      <c r="G24">
+        <v>300241</v>
       </c>
       <c r="H24" t="str">
-        <v>łacior</v>
+        <v>simbus</v>
       </c>
       <c r="I24">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="J24">
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="K24">
+        <v>2</v>
+      </c>
+      <c r="L24">
+        <v>2</v>
+      </c>
+      <c r="M24">
+        <v>2</v>
+      </c>
+      <c r="N24">
+        <v>3</v>
+      </c>
+      <c r="O24">
+        <v>3</v>
       </c>
       <c r="P24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q24">
         <v>2</v>
       </c>
       <c r="R24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
         <v>2</v>
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="X24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB24">
         <v>2</v>
       </c>
       <c r="AC24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD24">
         <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>RAF</v>
       </c>
       <c r="B25" t="str">
-        <v>T3</v>
+        <v>5</v>
       </c>
       <c r="C25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D25" t="str">
-        <v>Tomasz Gębka</v>
+        <v>Mateusz Łaciak</v>
       </c>
       <c r="E25">
-        <v>-15</v>
+        <v>-17</v>
       </c>
       <c r="F25">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>300241</v>
+        <v>103</v>
       </c>
       <c r="H25" t="str">
-        <v>simbus</v>
+        <v>łacior</v>
       </c>
       <c r="I25">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="J25">
-        <v>43</v>
+        <v>51</v>
+      </c>
+      <c r="K25">
+        <v>2</v>
+      </c>
+      <c r="L25">
+        <v>3</v>
+      </c>
+      <c r="M25">
+        <v>3</v>
+      </c>
+      <c r="N25">
+        <v>2</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q25">
         <v>2</v>
       </c>
       <c r="R25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
         <v>2</v>
       </c>
       <c r="W25">
         <v>3</v>
       </c>
       <c r="X25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
       <c r="AC25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>RAF</v>
       </c>
       <c r="B26" t="str">
-        <v>6</v>
+        <v>T6</v>
       </c>
       <c r="C26">
         <v>6</v>
       </c>
       <c r="D26" t="str">
-        <v>Grzegorz Bugdoł</v>
+        <v>Bernard Zaczyński</v>
       </c>
       <c r="E26">
-        <v>-14</v>
+        <v>-15</v>
       </c>
       <c r="F26">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>300243</v>
+        <v>105</v>
       </c>
       <c r="H26" t="str">
-        <v>gbugdol</v>
+        <v>bernos</v>
       </c>
       <c r="I26">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J26">
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="K26">
+        <v>2</v>
+      </c>
+      <c r="L26">
+        <v>2</v>
+      </c>
+      <c r="M26">
+        <v>2</v>
+      </c>
+      <c r="N26">
+        <v>2</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U26">
         <v>2</v>
       </c>
       <c r="V26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC26">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AD26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>RAF</v>
       </c>
       <c r="B27" t="str">
-        <v>7</v>
+        <v>T6</v>
       </c>
       <c r="C27">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D27" t="str">
-        <v>Sylwester Szczypczyk</v>
+        <v>Grzegorz Bugdoł</v>
       </c>
       <c r="E27">
-        <v>-13</v>
+        <v>-15</v>
       </c>
       <c r="F27">
-        <v>92</v>
+        <v>105</v>
+      </c>
+      <c r="G27">
+        <v>300243</v>
       </c>
       <c r="H27" t="str">
-        <v>sylwo132</v>
+        <v>gbugdol</v>
       </c>
       <c r="I27">
         <v>-4</v>
       </c>
       <c r="J27">
-        <v>41</v>
+        <v>56</v>
+      </c>
+      <c r="K27">
+        <v>3</v>
+      </c>
+      <c r="L27">
+        <v>3</v>
+      </c>
+      <c r="M27">
+        <v>2</v>
+      </c>
+      <c r="N27">
+        <v>3</v>
+      </c>
+      <c r="O27">
+        <v>3</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
         <v>2</v>
       </c>
       <c r="U27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
       <c r="AC27">
         <v>3</v>
       </c>
       <c r="AD27">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>RAF</v>
       </c>
       <c r="B28" t="str">
         <v>T8</v>
       </c>
       <c r="C28">
         <v>8</v>
       </c>
       <c r="D28" t="str">
-        <v>Bernard Zaczyński</v>
+        <v>Janek Zimoch</v>
       </c>
       <c r="E28">
+        <v>-14</v>
+      </c>
+      <c r="F28">
+        <v>106</v>
+      </c>
+      <c r="G28">
+        <v>301799</v>
+      </c>
+      <c r="H28" t="str">
+        <v>mowmijan</v>
+      </c>
+      <c r="I28">
         <v>-11</v>
       </c>
-      <c r="F28">
-[...7 lines deleted...]
-      </c>
       <c r="J28">
-        <v>43</v>
+        <v>49</v>
+      </c>
+      <c r="K28">
+        <v>2</v>
+      </c>
+      <c r="L28">
+        <v>2</v>
+      </c>
+      <c r="M28">
+        <v>2</v>
+      </c>
+      <c r="N28">
+        <v>2</v>
+      </c>
+      <c r="O28">
+        <v>2</v>
       </c>
       <c r="P28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
         <v>2</v>
       </c>
       <c r="V28">
         <v>2</v>
       </c>
       <c r="W28">
         <v>2</v>
       </c>
       <c r="X28">
         <v>2</v>
       </c>
       <c r="Y28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB28">
         <v>2</v>
       </c>
       <c r="AC28">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AD28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>RAF</v>
       </c>
       <c r="B29" t="str">
         <v>T8</v>
       </c>
       <c r="C29">
         <v>8</v>
       </c>
       <c r="D29" t="str">
-        <v>Łukasz Frant</v>
+        <v>Sylwester Szczypczyk</v>
       </c>
       <c r="E29">
-        <v>-11</v>
+        <v>-14</v>
       </c>
       <c r="F29">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>265184</v>
+        <v>106</v>
       </c>
       <c r="H29" t="str">
-        <v>lufrant</v>
+        <v>sylwo132</v>
       </c>
       <c r="I29">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="J29">
-        <v>47</v>
+        <v>55</v>
+      </c>
+      <c r="K29">
+        <v>2</v>
+      </c>
+      <c r="L29">
+        <v>3</v>
+      </c>
+      <c r="M29">
+        <v>3</v>
+      </c>
+      <c r="N29">
+        <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q29">
         <v>2</v>
       </c>
       <c r="R29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V29">
         <v>3</v>
       </c>
       <c r="W29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y29">
         <v>2</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
         <v>4</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
       <c r="AC29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD29">
         <v>2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>RAF</v>
       </c>
       <c r="B30" t="str">
-        <v>T10</v>
+        <v>10</v>
       </c>
       <c r="C30">
         <v>10</v>
       </c>
       <c r="D30" t="str">
-        <v>Janek Zimoch</v>
+        <v>Łukasz Frant</v>
       </c>
       <c r="E30">
-        <v>-10</v>
+        <v>-13</v>
       </c>
       <c r="F30">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="G30">
-        <v>301799</v>
+        <v>265184</v>
       </c>
       <c r="H30" t="str">
-        <v>mowmijan</v>
+        <v>lufrant</v>
       </c>
       <c r="I30">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="J30">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="K30">
         <v>2</v>
       </c>
       <c r="L30">
+        <v>3</v>
+      </c>
+      <c r="M30">
+        <v>3</v>
+      </c>
+      <c r="N30">
+        <v>2</v>
+      </c>
+      <c r="O30">
+        <v>3</v>
+      </c>
+      <c r="P30">
+        <v>4</v>
+      </c>
+      <c r="Q30">
         <v>2</v>
       </c>
       <c r="R30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>3</v>
       </c>
       <c r="U30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W30">
         <v>2</v>
       </c>
       <c r="X30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y30">
         <v>2</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD30">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>RAF</v>
       </c>
       <c r="B31" t="str">
-        <v>T10</v>
+        <v>T11</v>
       </c>
       <c r="C31">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D31" t="str">
-        <v>Elesya koroglu</v>
+        <v>Dawid Golonka</v>
       </c>
       <c r="E31">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="F31">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="H31" t="str">
-        <v>eleboii</v>
+        <v>mrufaa</v>
       </c>
       <c r="I31">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="J31">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
+      <c r="M31">
+        <v>3</v>
+      </c>
+      <c r="N31">
+        <v>3</v>
+      </c>
+      <c r="O31">
+        <v>2</v>
+      </c>
+      <c r="P31">
+        <v>2</v>
+      </c>
       <c r="Q31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
         <v>2</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC31">
         <v>3</v>
       </c>
       <c r="AD31">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>RAF</v>
       </c>
       <c r="B32" t="str">
-        <v>T12</v>
+        <v>T11</v>
       </c>
       <c r="C32">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D32" t="str">
-        <v>Dawid Golonka</v>
+        <v>Elesya koroglu</v>
       </c>
       <c r="E32">
-        <v>-9</v>
+        <v>-11</v>
       </c>
       <c r="F32">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="H32" t="str">
-        <v>mrufaa</v>
+        <v>eleboii</v>
       </c>
       <c r="I32">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J32">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="K32">
         <v>2</v>
       </c>
+      <c r="L32">
+        <v>3</v>
+      </c>
+      <c r="M32">
+        <v>3</v>
+      </c>
+      <c r="N32">
+        <v>2</v>
+      </c>
+      <c r="O32">
+        <v>3</v>
+      </c>
+      <c r="P32">
+        <v>3</v>
+      </c>
       <c r="Q32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V32">
         <v>3</v>
       </c>
       <c r="W32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
         <v>3</v>
       </c>
       <c r="Z32">
         <v>3</v>
       </c>
       <c r="AA32">
         <v>2</v>
       </c>
       <c r="AB32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC32">
         <v>3</v>
       </c>
       <c r="AD32">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>RAF</v>
       </c>
       <c r="B33" t="str">
-        <v>T12</v>
+        <v>T11</v>
       </c>
       <c r="C33">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D33" t="str">
         <v>Kacper Prasał</v>
       </c>
       <c r="E33">
-        <v>-9</v>
+        <v>-11</v>
       </c>
       <c r="F33">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="H33" t="str">
         <v>iamkapoi</v>
       </c>
       <c r="I33">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J33">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="K33">
+        <v>2</v>
+      </c>
+      <c r="L33">
+        <v>3</v>
+      </c>
+      <c r="M33">
+        <v>2</v>
+      </c>
+      <c r="N33">
+        <v>3</v>
+      </c>
+      <c r="O33">
+        <v>3</v>
+      </c>
+      <c r="P33">
         <v>2</v>
       </c>
       <c r="Q33">
         <v>2</v>
       </c>
       <c r="R33">
         <v>4</v>
       </c>
       <c r="S33">
         <v>3</v>
       </c>
       <c r="T33">
         <v>4</v>
       </c>
       <c r="U33">
         <v>3</v>
       </c>
       <c r="V33">
         <v>2</v>
       </c>
       <c r="W33">
         <v>2</v>
       </c>
       <c r="X33">
         <v>3</v>
@@ -9632,750 +10028,897 @@
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
       <c r="AC33">
         <v>3</v>
       </c>
       <c r="AD33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>RAF</v>
       </c>
       <c r="B34" t="str">
         <v>T14</v>
       </c>
       <c r="C34">
         <v>14</v>
       </c>
       <c r="D34" t="str">
-        <v>Antoni Zimoch</v>
+        <v>Szymon Małota</v>
       </c>
       <c r="E34">
-        <v>-7</v>
+        <v>-10</v>
       </c>
       <c r="F34">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="H34" t="str">
-        <v>antekz</v>
+        <v>szynom</v>
       </c>
       <c r="I34">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J34">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="K34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L34">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="M34">
+        <v>2</v>
+      </c>
+      <c r="N34">
+        <v>3</v>
+      </c>
+      <c r="O34">
+        <v>2</v>
+      </c>
+      <c r="P34">
+        <v>2</v>
+      </c>
+      <c r="Q34">
+        <v>3</v>
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T34">
         <v>2</v>
       </c>
       <c r="U34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X34">
         <v>3</v>
       </c>
       <c r="Y34">
         <v>3</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
       <c r="AC34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD34">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>T14</v>
       </c>
       <c r="C35">
         <v>14</v>
       </c>
       <c r="D35" t="str">
-        <v>Szymon Małota</v>
+        <v>Rafał Fyda</v>
       </c>
       <c r="E35">
-        <v>-7</v>
+        <v>-10</v>
       </c>
       <c r="F35">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="H35" t="str">
-        <v>szynom</v>
+        <v>fydziu</v>
       </c>
       <c r="I35">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J35">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="K35">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="L35">
+        <v>2</v>
+      </c>
+      <c r="M35">
+        <v>2</v>
+      </c>
+      <c r="N35">
+        <v>2</v>
+      </c>
+      <c r="O35">
+        <v>2</v>
+      </c>
+      <c r="P35">
+        <v>3</v>
       </c>
       <c r="Q35">
         <v>3</v>
       </c>
       <c r="R35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U35">
         <v>4</v>
       </c>
       <c r="V35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W35">
         <v>2</v>
       </c>
       <c r="X35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
       <c r="AC35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD35">
         <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>RAF</v>
       </c>
       <c r="B36" t="str">
-        <v>T14</v>
+        <v>T16</v>
       </c>
       <c r="C36">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D36" t="str">
-        <v>Adam Miratyński</v>
+        <v>Szymon Cichocki</v>
       </c>
       <c r="E36">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F36">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>300263</v>
+        <v>112</v>
       </c>
       <c r="H36" t="str">
-        <v>adamozo</v>
+        <v>simonlesilence</v>
       </c>
       <c r="I36">
-        <v>1</v>
+        <v>-6</v>
       </c>
       <c r="J36">
-        <v>46</v>
+        <v>54</v>
+      </c>
+      <c r="K36">
+        <v>3</v>
+      </c>
+      <c r="L36">
+        <v>4</v>
+      </c>
+      <c r="M36">
+        <v>2</v>
+      </c>
+      <c r="N36">
+        <v>3</v>
+      </c>
+      <c r="O36">
+        <v>3</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X36">
         <v>2</v>
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD36">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
-        <v>T14</v>
+        <v>T16</v>
       </c>
       <c r="C37">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D37" t="str">
-        <v>Massimiliano Di Ubaldo</v>
+        <v>Antoni Zimoch</v>
       </c>
       <c r="E37">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F37">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>299778</v>
+        <v>112</v>
       </c>
       <c r="H37" t="str">
-        <v>maximusrain</v>
+        <v>antekz</v>
       </c>
       <c r="I37">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="J37">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L37">
         <v>2</v>
       </c>
+      <c r="M37">
+        <v>3</v>
+      </c>
+      <c r="N37">
+        <v>2</v>
+      </c>
+      <c r="O37">
+        <v>4</v>
+      </c>
+      <c r="P37">
+        <v>3</v>
+      </c>
       <c r="Q37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X37">
         <v>3</v>
       </c>
       <c r="Y37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
         <v>2</v>
       </c>
       <c r="AB37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC37">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AD37">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>T18</v>
       </c>
       <c r="C38">
         <v>18</v>
       </c>
       <c r="D38" t="str">
-        <v>Szymon Cichocki</v>
+        <v>Massimiliano Di Ubaldo</v>
       </c>
       <c r="E38">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F38">
-        <v>99</v>
+        <v>113</v>
+      </c>
+      <c r="G38">
+        <v>299778</v>
       </c>
       <c r="H38" t="str">
-        <v>simonlesilence</v>
+        <v>maximusrain</v>
       </c>
       <c r="I38">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="J38">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L38">
+        <v>2</v>
+      </c>
+      <c r="M38">
+        <v>4</v>
+      </c>
+      <c r="N38">
+        <v>2</v>
+      </c>
+      <c r="O38">
+        <v>2</v>
+      </c>
+      <c r="P38">
+        <v>4</v>
+      </c>
+      <c r="Q38">
         <v>4</v>
       </c>
       <c r="R38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA38">
         <v>2</v>
       </c>
       <c r="AB38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC38">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AD38">
         <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>T18</v>
       </c>
       <c r="C39">
         <v>18</v>
       </c>
       <c r="D39" t="str">
-        <v>Rafał Fyda</v>
+        <v>Adam Miratyński</v>
       </c>
       <c r="E39">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F39">
-        <v>99</v>
+        <v>113</v>
+      </c>
+      <c r="G39">
+        <v>300263</v>
       </c>
       <c r="H39" t="str">
-        <v>fydziu</v>
+        <v>adamozo</v>
       </c>
       <c r="I39">
         <v>1</v>
       </c>
       <c r="J39">
-        <v>46</v>
+        <v>61</v>
+      </c>
+      <c r="K39">
+        <v>3</v>
+      </c>
+      <c r="L39">
+        <v>3</v>
+      </c>
+      <c r="M39">
+        <v>3</v>
+      </c>
+      <c r="N39">
+        <v>3</v>
+      </c>
+      <c r="O39">
+        <v>3</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R39">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W39">
         <v>2</v>
       </c>
       <c r="X39">
         <v>2</v>
       </c>
       <c r="Y39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC39">
         <v>4</v>
       </c>
       <c r="AD39">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
-        <v>T20</v>
+        <v>20</v>
       </c>
       <c r="C40">
         <v>20</v>
       </c>
       <c r="D40" t="str">
-        <v>Marcin Stożek</v>
+        <v>Mikołaj Kądziołka</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F40">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="H40" t="str">
-        <v>keshy12</v>
+        <v>kądziołek</v>
       </c>
       <c r="I40">
         <v>-1</v>
       </c>
       <c r="J40">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="K40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="N40">
+        <v>4</v>
+      </c>
+      <c r="O40">
+        <v>2</v>
+      </c>
+      <c r="P40">
+        <v>2</v>
+      </c>
+      <c r="Q40">
+        <v>2</v>
+      </c>
+      <c r="R40">
+        <v>2</v>
       </c>
       <c r="S40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U40">
         <v>3</v>
       </c>
       <c r="V40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W40">
+        <v>3</v>
+      </c>
+      <c r="X40">
+        <v>3</v>
+      </c>
+      <c r="Y40">
+        <v>3</v>
+      </c>
+      <c r="Z40">
+        <v>3</v>
+      </c>
+      <c r="AA40">
+        <v>3</v>
+      </c>
+      <c r="AB40">
         <v>5</v>
       </c>
-      <c r="X40">
-[...13 lines deleted...]
-      </c>
       <c r="AC40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>RAF</v>
       </c>
       <c r="B41" t="str">
-        <v>T20</v>
+        <v>21</v>
       </c>
       <c r="C41">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D41" t="str">
-        <v>Kacper Galias</v>
+        <v>Marcin Stożek</v>
       </c>
       <c r="E41">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F41">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="H41" t="str">
-        <v>kacpidzi</v>
+        <v>keshy12</v>
       </c>
       <c r="I41">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="J41">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="K41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
+      <c r="N41">
+        <v>3</v>
+      </c>
+      <c r="O41">
+        <v>3</v>
+      </c>
+      <c r="P41">
+        <v>2</v>
+      </c>
+      <c r="Q41">
+        <v>2</v>
+      </c>
+      <c r="R41">
+        <v>3</v>
+      </c>
       <c r="S41">
+        <v>2</v>
+      </c>
+      <c r="T41">
+        <v>4</v>
+      </c>
+      <c r="U41">
+        <v>3</v>
+      </c>
+      <c r="V41">
+        <v>2</v>
+      </c>
+      <c r="W41">
         <v>5</v>
       </c>
-      <c r="T41">
-[...10 lines deleted...]
-      </c>
       <c r="X41">
         <v>3</v>
       </c>
       <c r="Y41">
         <v>2</v>
       </c>
       <c r="Z41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD41">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>RAF</v>
       </c>
       <c r="B42" t="str">
-        <v>T20</v>
+        <v>22</v>
       </c>
       <c r="C42">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D42" t="str">
-        <v>Mikołaj Kądziołka</v>
+        <v>Kacper Galias</v>
       </c>
       <c r="E42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F42">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="H42" t="str">
-        <v>kądziołek</v>
+        <v>kacpidzi</v>
       </c>
       <c r="I42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J42">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="K42">
         <v>4</v>
       </c>
       <c r="L42">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="M42">
+        <v>3</v>
+      </c>
+      <c r="N42">
+        <v>2</v>
+      </c>
+      <c r="O42">
+        <v>2</v>
+      </c>
+      <c r="P42">
+        <v>3</v>
+      </c>
+      <c r="Q42">
+        <v>4</v>
       </c>
       <c r="R42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S42">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U42">
         <v>3</v>
       </c>
       <c r="V42">
         <v>3</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z42">
         <v>3</v>
       </c>
       <c r="AA42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD42">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>RAF</v>
       </c>
       <c r="B43" t="str">
         <v>23</v>
       </c>
       <c r="C43">
         <v>23</v>
       </c>
       <c r="D43" t="str">
         <v>Mateusz Stefaniak</v>
       </c>
       <c r="E43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F43">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="H43" t="str">
         <v>stjepanejro</v>
       </c>
       <c r="I43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J43">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>4</v>
+      </c>
+      <c r="N43">
+        <v>3</v>
+      </c>
+      <c r="O43">
+        <v>2</v>
+      </c>
+      <c r="P43">
+        <v>2</v>
+      </c>
+      <c r="Q43">
+        <v>4</v>
+      </c>
+      <c r="R43">
+        <v>3</v>
       </c>
       <c r="S43">
         <v>3</v>
       </c>
       <c r="T43">
         <v>2</v>
       </c>
       <c r="U43">
         <v>3</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43">
         <v>3</v>
       </c>
       <c r="X43">
         <v>4</v>
       </c>
       <c r="Y43">
         <v>2</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
@@ -10384,71 +10927,86 @@
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
       <c r="AC43">
         <v>3</v>
       </c>
       <c r="AD43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>RAF</v>
       </c>
       <c r="B44" t="str">
         <v>24</v>
       </c>
       <c r="C44">
         <v>24</v>
       </c>
       <c r="D44" t="str">
         <v>Roman szymocha</v>
       </c>
       <c r="E44">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F44">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="H44" t="str">
         <v>szymocha</v>
       </c>
       <c r="I44">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J44">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
         <v>2</v>
       </c>
       <c r="M44">
+        <v>3</v>
+      </c>
+      <c r="N44">
+        <v>3</v>
+      </c>
+      <c r="O44">
+        <v>3</v>
+      </c>
+      <c r="P44">
+        <v>4</v>
+      </c>
+      <c r="Q44">
+        <v>3</v>
+      </c>
+      <c r="R44">
         <v>3</v>
       </c>
       <c r="S44">
         <v>5</v>
       </c>
       <c r="T44">
         <v>2</v>
       </c>
       <c r="U44">
         <v>4</v>
       </c>
       <c r="V44">
         <v>2</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
         <v>2</v>
       </c>
       <c r="Y44">
         <v>3</v>
       </c>
       <c r="Z44">
         <v>4</v>
@@ -10458,72 +11016,87 @@
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
       <c r="AC44">
         <v>3</v>
       </c>
       <c r="AD44">
         <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>25</v>
       </c>
       <c r="C45">
         <v>25</v>
       </c>
       <c r="D45" t="str">
         <v>Oliwier Jaworski</v>
       </c>
       <c r="E45">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F45">
-        <v>113</v>
+        <v>129</v>
       </c>
       <c r="H45" t="str">
         <v>kuleczka</v>
       </c>
       <c r="I45">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J45">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
       <c r="M45">
         <v>2</v>
+      </c>
+      <c r="N45">
+        <v>3</v>
+      </c>
+      <c r="O45">
+        <v>4</v>
+      </c>
+      <c r="P45">
+        <v>4</v>
+      </c>
+      <c r="Q45">
+        <v>2</v>
+      </c>
+      <c r="R45">
+        <v>3</v>
       </c>
       <c r="S45">
         <v>4</v>
       </c>
       <c r="T45">
         <v>4</v>
       </c>
       <c r="U45">
         <v>3</v>
       </c>
       <c r="V45">
         <v>3</v>
       </c>
       <c r="W45">
         <v>4</v>
       </c>
       <c r="X45">
         <v>4</v>
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
         <v>4</v>
       </c>
@@ -10532,454 +11105,541 @@
       </c>
       <c r="AB45">
         <v>4</v>
       </c>
       <c r="AC45">
         <v>5</v>
       </c>
       <c r="AD45">
         <v>2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>RAF</v>
       </c>
       <c r="B46" t="str">
         <v>26</v>
       </c>
       <c r="C46">
         <v>26</v>
       </c>
       <c r="D46" t="str">
         <v>Patryk Wiśniewski</v>
       </c>
       <c r="E46">
-        <v>144</v>
+        <v>160</v>
       </c>
       <c r="F46">
-        <v>252</v>
+        <v>280</v>
       </c>
       <c r="H46" t="str">
         <v>wisnia</v>
       </c>
       <c r="I46">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="J46">
-        <v>112</v>
+        <v>140</v>
+      </c>
+      <c r="K46">
+        <v>7</v>
       </c>
       <c r="L46">
         <v>7</v>
       </c>
       <c r="M46">
         <v>7</v>
       </c>
       <c r="N46">
         <v>7</v>
       </c>
       <c r="O46">
         <v>7</v>
       </c>
       <c r="P46">
         <v>7</v>
       </c>
       <c r="Q46">
         <v>7</v>
       </c>
       <c r="R46">
         <v>7</v>
       </c>
       <c r="S46">
         <v>7</v>
       </c>
       <c r="T46">
         <v>7</v>
       </c>
       <c r="U46">
         <v>7</v>
       </c>
       <c r="V46">
         <v>7</v>
       </c>
       <c r="W46">
         <v>7</v>
       </c>
       <c r="X46">
         <v>7</v>
       </c>
       <c r="Y46">
         <v>7</v>
       </c>
       <c r="Z46">
         <v>7</v>
       </c>
       <c r="AA46">
+        <v>7</v>
+      </c>
+      <c r="AB46">
+        <v>7</v>
+      </c>
+      <c r="AC46">
+        <v>7</v>
+      </c>
+      <c r="AD46">
         <v>7</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>RAP</v>
       </c>
       <c r="B47" t="str">
         <v>1</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
       <c r="D47" t="str">
         <v>Dasha Gerashchenko</v>
       </c>
       <c r="E47">
-        <v>-17</v>
+        <v>-20</v>
       </c>
       <c r="F47">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="G47">
         <v>200101</v>
       </c>
       <c r="H47" t="str">
         <v>darynagera</v>
       </c>
       <c r="I47">
-        <v>-5</v>
+        <v>-8</v>
       </c>
       <c r="J47">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="K47">
         <v>2</v>
       </c>
       <c r="L47">
         <v>2</v>
       </c>
       <c r="M47">
         <v>3</v>
       </c>
       <c r="N47">
         <v>2</v>
+      </c>
+      <c r="O47">
+        <v>2</v>
+      </c>
+      <c r="P47">
+        <v>2</v>
+      </c>
+      <c r="Q47">
+        <v>2</v>
+      </c>
+      <c r="R47">
+        <v>3</v>
+      </c>
+      <c r="S47">
+        <v>3</v>
       </c>
       <c r="T47">
         <v>4</v>
       </c>
       <c r="U47">
         <v>2</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
         <v>3</v>
       </c>
       <c r="X47">
         <v>3</v>
       </c>
       <c r="Y47">
         <v>3</v>
       </c>
       <c r="Z47">
         <v>2</v>
       </c>
       <c r="AA47">
         <v>4</v>
       </c>
       <c r="AB47">
         <v>3</v>
       </c>
       <c r="AC47">
         <v>2</v>
       </c>
       <c r="AD47">
         <v>2</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>RAP</v>
       </c>
       <c r="B48" t="str">
         <v>2</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48" t="str">
         <v>Joanna Zaczyńska</v>
       </c>
       <c r="E48">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="F48">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="H48" t="str">
         <v>joannazaczynska</v>
       </c>
       <c r="I48">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J48">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
       <c r="L48">
         <v>2</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
+        <v>3</v>
+      </c>
+      <c r="O48">
+        <v>3</v>
+      </c>
+      <c r="P48">
+        <v>3</v>
+      </c>
+      <c r="Q48">
+        <v>4</v>
+      </c>
+      <c r="R48">
+        <v>3</v>
+      </c>
+      <c r="S48">
         <v>3</v>
       </c>
       <c r="T48">
         <v>2</v>
       </c>
       <c r="U48">
         <v>4</v>
       </c>
       <c r="V48">
         <v>2</v>
       </c>
       <c r="W48">
         <v>3</v>
       </c>
       <c r="X48">
         <v>2</v>
       </c>
       <c r="Y48">
         <v>3</v>
       </c>
       <c r="Z48">
         <v>3</v>
       </c>
       <c r="AA48">
         <v>3</v>
       </c>
       <c r="AB48">
         <v>3</v>
       </c>
       <c r="AC48">
         <v>5</v>
       </c>
       <c r="AD48">
         <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>RAP</v>
       </c>
       <c r="B49" t="str">
         <v>3</v>
       </c>
       <c r="C49">
         <v>3</v>
       </c>
       <c r="D49" t="str">
-        <v>Kamila Płoszczyca</v>
+        <v>Wiktoria Makselon</v>
       </c>
       <c r="E49">
         <v>-2</v>
       </c>
       <c r="F49">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>295143</v>
+        <v>118</v>
       </c>
       <c r="H49" t="str">
-        <v>kamplo</v>
+        <v>wikidisc</v>
       </c>
       <c r="I49">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="J49">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="K49">
         <v>2</v>
       </c>
       <c r="L49">
         <v>3</v>
       </c>
       <c r="M49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N49">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="O49">
+        <v>2</v>
+      </c>
+      <c r="P49">
+        <v>3</v>
+      </c>
+      <c r="Q49">
+        <v>3</v>
+      </c>
+      <c r="R49">
+        <v>3</v>
+      </c>
+      <c r="S49">
+        <v>3</v>
       </c>
       <c r="T49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U49">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V49">
         <v>2</v>
       </c>
       <c r="W49">
         <v>3</v>
       </c>
       <c r="X49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y49">
         <v>3</v>
       </c>
       <c r="Z49">
         <v>3</v>
       </c>
       <c r="AA49">
         <v>4</v>
       </c>
       <c r="AB49">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC49">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD49">
         <v>2</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>RAP</v>
       </c>
       <c r="B50" t="str">
         <v>4</v>
       </c>
       <c r="C50">
         <v>4</v>
       </c>
       <c r="D50" t="str">
-        <v>Wiktoria Makselon</v>
+        <v>Kamila Płoszczyca</v>
       </c>
       <c r="E50">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F50">
-        <v>104</v>
+        <v>120</v>
+      </c>
+      <c r="G50">
+        <v>295143</v>
       </c>
       <c r="H50" t="str">
-        <v>wikidisc</v>
+        <v>kamplo</v>
       </c>
       <c r="I50">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J50">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="K50">
         <v>2</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N50">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="O50">
+        <v>3</v>
+      </c>
+      <c r="P50">
+        <v>3</v>
+      </c>
+      <c r="Q50">
+        <v>4</v>
+      </c>
+      <c r="R50">
+        <v>4</v>
+      </c>
+      <c r="S50">
+        <v>3</v>
       </c>
       <c r="T50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V50">
         <v>2</v>
       </c>
       <c r="W50">
         <v>3</v>
       </c>
       <c r="X50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y50">
         <v>3</v>
       </c>
       <c r="Z50">
         <v>3</v>
       </c>
       <c r="AA50">
         <v>4</v>
       </c>
       <c r="AB50">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC50">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD50">
         <v>2</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>RAP</v>
       </c>
       <c r="B51" t="str">
         <v>5</v>
       </c>
       <c r="C51">
         <v>5</v>
       </c>
       <c r="D51" t="str">
         <v>Julia Adamczyk</v>
       </c>
       <c r="E51">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F51">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="H51" t="str">
         <v>julasw</v>
       </c>
       <c r="I51">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="J51">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="K51">
         <v>4</v>
       </c>
       <c r="L51">
         <v>3</v>
       </c>
       <c r="M51">
         <v>4</v>
       </c>
       <c r="N51">
         <v>3</v>
+      </c>
+      <c r="O51">
+        <v>4</v>
+      </c>
+      <c r="P51">
+        <v>4</v>
+      </c>
+      <c r="Q51">
+        <v>4</v>
+      </c>
+      <c r="R51">
+        <v>4</v>
+      </c>
+      <c r="S51">
+        <v>4</v>
       </c>
       <c r="T51">
         <v>3</v>
       </c>
       <c r="U51">
         <v>3</v>
       </c>
       <c r="V51">
         <v>4</v>
       </c>
       <c r="W51">
         <v>4</v>
       </c>
       <c r="X51">
         <v>4</v>
       </c>
       <c r="Y51">
         <v>4</v>
       </c>
       <c r="Z51">
         <v>3</v>
       </c>
       <c r="AA51">
         <v>4</v>
       </c>