--- v1 (2026-01-11)
+++ v2 (2026-02-17)
@@ -902,50 +902,53 @@
         <v>47</v>
       </c>
       <c r="L12">
         <v>46</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>RAE</v>
       </c>
       <c r="B13" t="str">
         <v>4</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E13">
         <v>-25</v>
       </c>
       <c r="F13">
         <v>95</v>
       </c>
+      <c r="G13">
+        <v>320943</v>
+      </c>
       <c r="H13" t="str">
         <v>mcthin</v>
       </c>
       <c r="I13">
         <v>-13</v>
       </c>
       <c r="J13">
         <v>-12</v>
       </c>
       <c r="K13">
         <v>47</v>
       </c>
       <c r="L13">
         <v>48</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>RAE</v>
       </c>
       <c r="B14" t="str">
         <v>5</v>
       </c>
       <c r="C14">
         <v>5</v>
@@ -1279,50 +1282,53 @@
         <v>49</v>
       </c>
       <c r="L22">
         <v>48</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>RAF</v>
       </c>
       <c r="B23" t="str">
         <v>3</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E23">
         <v>-18</v>
       </c>
       <c r="F23">
         <v>102</v>
       </c>
+      <c r="G23">
+        <v>321360</v>
+      </c>
       <c r="H23" t="str">
         <v>widmomw</v>
       </c>
       <c r="I23">
         <v>-3</v>
       </c>
       <c r="J23">
         <v>-15</v>
       </c>
       <c r="K23">
         <v>57</v>
       </c>
       <c r="L23">
         <v>45</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>RAF</v>
       </c>
       <c r="B24" t="str">
         <v>4</v>
       </c>
       <c r="C24">
         <v>4</v>
@@ -1352,50 +1358,53 @@
         <v>50</v>
       </c>
       <c r="L24">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>RAF</v>
       </c>
       <c r="B25" t="str">
         <v>5</v>
       </c>
       <c r="C25">
         <v>5</v>
       </c>
       <c r="D25" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E25">
         <v>-17</v>
       </c>
       <c r="F25">
         <v>103</v>
       </c>
+      <c r="G25">
+        <v>321362</v>
+      </c>
       <c r="H25" t="str">
         <v>łacior</v>
       </c>
       <c r="I25">
         <v>-8</v>
       </c>
       <c r="J25">
         <v>-9</v>
       </c>
       <c r="K25">
         <v>52</v>
       </c>
       <c r="L25">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>RAF</v>
       </c>
       <c r="B26" t="str">
         <v>T6</v>
       </c>
       <c r="C26">
         <v>6</v>
@@ -1676,84 +1685,90 @@
         <v>54</v>
       </c>
       <c r="L33">
         <v>55</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>RAF</v>
       </c>
       <c r="B34" t="str">
         <v>T14</v>
       </c>
       <c r="C34">
         <v>14</v>
       </c>
       <c r="D34" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E34">
         <v>-10</v>
       </c>
       <c r="F34">
         <v>110</v>
       </c>
+      <c r="G34">
+        <v>320525</v>
+      </c>
       <c r="H34" t="str">
         <v>szynom</v>
       </c>
       <c r="I34">
         <v>-6</v>
       </c>
       <c r="J34">
         <v>-4</v>
       </c>
       <c r="K34">
         <v>54</v>
       </c>
       <c r="L34">
         <v>56</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>T14</v>
       </c>
       <c r="C35">
         <v>14</v>
       </c>
       <c r="D35" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E35">
         <v>-10</v>
       </c>
       <c r="F35">
         <v>110</v>
+      </c>
+      <c r="G35">
+        <v>320750</v>
       </c>
       <c r="H35" t="str">
         <v>fydziu</v>
       </c>
       <c r="I35">
         <v>-7</v>
       </c>
       <c r="J35">
         <v>-3</v>
       </c>
       <c r="K35">
         <v>53</v>
       </c>
       <c r="L35">
         <v>57</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>RAF</v>
       </c>
       <c r="B36" t="str">
         <v>T16</v>
       </c>
       <c r="C36">
@@ -3462,50 +3477,53 @@
         <v>3</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>RAE</v>
       </c>
       <c r="B13" t="str">
         <v>T2</v>
       </c>
       <c r="C13">
         <v>2</v>
       </c>
       <c r="D13" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E13">
         <v>-13</v>
       </c>
       <c r="F13">
         <v>47</v>
       </c>
+      <c r="G13">
+        <v>320943</v>
+      </c>
       <c r="H13" t="str">
         <v>mcthin</v>
       </c>
       <c r="I13">
         <v>-13</v>
       </c>
       <c r="J13">
         <v>47</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
@@ -4925,50 +4943,53 @@
         <v>3</v>
       </c>
       <c r="AD28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>RAF</v>
       </c>
       <c r="B29" t="str">
         <v>T8</v>
       </c>
       <c r="C29">
         <v>8</v>
       </c>
       <c r="D29" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E29">
         <v>-8</v>
       </c>
       <c r="F29">
         <v>52</v>
       </c>
+      <c r="G29">
+        <v>321362</v>
+      </c>
       <c r="H29" t="str">
         <v>łacior</v>
       </c>
       <c r="I29">
         <v>-8</v>
       </c>
       <c r="J29">
         <v>52</v>
       </c>
       <c r="K29">
         <v>2</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>2</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
@@ -5014,50 +5035,53 @@
         <v>3</v>
       </c>
       <c r="AD29">
         <v>2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>RAF</v>
       </c>
       <c r="B30" t="str">
         <v>10</v>
       </c>
       <c r="C30">
         <v>10</v>
       </c>
       <c r="D30" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E30">
         <v>-7</v>
       </c>
       <c r="F30">
         <v>53</v>
       </c>
+      <c r="G30">
+        <v>320750</v>
+      </c>
       <c r="H30" t="str">
         <v>fydziu</v>
       </c>
       <c r="I30">
         <v>-7</v>
       </c>
       <c r="J30">
         <v>53</v>
       </c>
       <c r="K30">
         <v>2</v>
       </c>
       <c r="L30">
         <v>2</v>
       </c>
       <c r="M30">
         <v>2</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>2</v>
       </c>
       <c r="P30">
@@ -5095,390 +5119,393 @@
       </c>
       <c r="AA30">
         <v>2</v>
       </c>
       <c r="AB30">
         <v>2</v>
       </c>
       <c r="AC30">
         <v>5</v>
       </c>
       <c r="AD30">
         <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>RAF</v>
       </c>
       <c r="B31" t="str">
         <v>T11</v>
       </c>
       <c r="C31">
         <v>11</v>
       </c>
       <c r="D31" t="str">
-        <v>Dawid Golonka</v>
+        <v>Szymon Małota</v>
       </c>
       <c r="E31">
         <v>-6</v>
       </c>
       <c r="F31">
         <v>54</v>
       </c>
+      <c r="G31">
+        <v>320525</v>
+      </c>
       <c r="H31" t="str">
-        <v>mrufaa</v>
+        <v>szynom</v>
       </c>
       <c r="I31">
         <v>-6</v>
       </c>
       <c r="J31">
         <v>54</v>
       </c>
       <c r="K31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L31">
         <v>2</v>
       </c>
       <c r="M31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P31">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q31">
         <v>4</v>
       </c>
       <c r="R31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC31">
         <v>3</v>
       </c>
       <c r="AD31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>RAF</v>
       </c>
       <c r="B32" t="str">
         <v>T11</v>
       </c>
       <c r="C32">
         <v>11</v>
       </c>
       <c r="D32" t="str">
-        <v>Elesya koroglu</v>
+        <v>Dawid Golonka</v>
       </c>
       <c r="E32">
         <v>-6</v>
       </c>
       <c r="F32">
         <v>54</v>
       </c>
       <c r="H32" t="str">
-        <v>eleboii</v>
+        <v>mrufaa</v>
       </c>
       <c r="I32">
         <v>-6</v>
       </c>
       <c r="J32">
         <v>54</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L32">
         <v>2</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R32">
         <v>2</v>
       </c>
       <c r="S32">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="T32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U32">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
         <v>3</v>
       </c>
       <c r="Z32">
         <v>2</v>
       </c>
       <c r="AA32">
         <v>2</v>
       </c>
       <c r="AB32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC32">
         <v>3</v>
       </c>
       <c r="AD32">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>RAF</v>
       </c>
       <c r="B33" t="str">
         <v>T11</v>
       </c>
       <c r="C33">
         <v>11</v>
       </c>
       <c r="D33" t="str">
-        <v>Kacper Prasał</v>
+        <v>Elesya koroglu</v>
       </c>
       <c r="E33">
         <v>-6</v>
       </c>
       <c r="F33">
         <v>54</v>
       </c>
       <c r="H33" t="str">
-        <v>iamkapoi</v>
+        <v>eleboii</v>
       </c>
       <c r="I33">
         <v>-6</v>
       </c>
       <c r="J33">
         <v>54</v>
       </c>
       <c r="K33">
         <v>2</v>
       </c>
       <c r="L33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M33">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N33">
         <v>2</v>
       </c>
       <c r="O33">
         <v>2</v>
       </c>
       <c r="P33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R33">
         <v>2</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="T33">
         <v>2</v>
       </c>
       <c r="U33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W33">
         <v>2</v>
       </c>
       <c r="X33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
         <v>2</v>
       </c>
       <c r="AA33">
         <v>2</v>
       </c>
       <c r="AB33">
         <v>2</v>
       </c>
       <c r="AC33">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD33">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>RAF</v>
       </c>
       <c r="B34" t="str">
         <v>T11</v>
       </c>
       <c r="C34">
         <v>11</v>
       </c>
       <c r="D34" t="str">
-        <v>Szymon Małota</v>
+        <v>Kacper Prasał</v>
       </c>
       <c r="E34">
         <v>-6</v>
       </c>
       <c r="F34">
         <v>54</v>
       </c>
       <c r="H34" t="str">
-        <v>szynom</v>
+        <v>iamkapoi</v>
       </c>
       <c r="I34">
         <v>-6</v>
       </c>
       <c r="J34">
         <v>54</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="L34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M34">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>2</v>
       </c>
       <c r="P34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q34">
         <v>4</v>
       </c>
       <c r="R34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S34">
         <v>3</v>
       </c>
       <c r="T34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U34">
         <v>3</v>
       </c>
       <c r="V34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB34">
         <v>2</v>
       </c>
       <c r="AC34">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>15</v>
       </c>
       <c r="C35">
         <v>15</v>
       </c>
       <c r="D35" t="str">
         <v>Massimiliano Di Ubaldo</v>
       </c>
       <c r="E35">
         <v>-5</v>
       </c>
       <c r="F35">
         <v>55</v>
       </c>
       <c r="G35">
@@ -5731,50 +5758,53 @@
       <c r="AC37">
         <v>3</v>
       </c>
       <c r="AD37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>T17</v>
       </c>
       <c r="C38">
         <v>17</v>
       </c>
       <c r="D38" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E38">
         <v>-3</v>
       </c>
       <c r="F38">
         <v>57</v>
+      </c>
+      <c r="G38">
+        <v>321360</v>
       </c>
       <c r="H38" t="str">
         <v>widmomw</v>
       </c>
       <c r="I38">
         <v>-3</v>
       </c>
       <c r="J38">
         <v>57</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
         <v>2</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
@@ -8128,50 +8158,53 @@
         <v>4</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>RAE</v>
       </c>
       <c r="B13" t="str">
         <v>4</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E13">
         <v>-25</v>
       </c>
       <c r="F13">
         <v>95</v>
       </c>
+      <c r="G13">
+        <v>320943</v>
+      </c>
       <c r="H13" t="str">
         <v>mcthin</v>
       </c>
       <c r="I13">
         <v>-12</v>
       </c>
       <c r="J13">
         <v>48</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
@@ -9045,50 +9078,53 @@
         <v>3</v>
       </c>
       <c r="AD22">
         <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>RAF</v>
       </c>
       <c r="B23" t="str">
         <v>3</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E23">
         <v>-18</v>
       </c>
       <c r="F23">
         <v>102</v>
       </c>
+      <c r="G23">
+        <v>321360</v>
+      </c>
       <c r="H23" t="str">
         <v>widmomw</v>
       </c>
       <c r="I23">
         <v>-15</v>
       </c>
       <c r="J23">
         <v>45</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23">
         <v>2</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
@@ -9226,50 +9262,53 @@
         <v>4</v>
       </c>
       <c r="AD24">
         <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>RAF</v>
       </c>
       <c r="B25" t="str">
         <v>5</v>
       </c>
       <c r="C25">
         <v>5</v>
       </c>
       <c r="D25" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E25">
         <v>-17</v>
       </c>
       <c r="F25">
         <v>103</v>
       </c>
+      <c r="G25">
+        <v>321362</v>
+      </c>
       <c r="H25" t="str">
         <v>łacior</v>
       </c>
       <c r="I25">
         <v>-9</v>
       </c>
       <c r="J25">
         <v>51</v>
       </c>
       <c r="K25">
         <v>2</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
@@ -10036,50 +10075,53 @@
         <v>3</v>
       </c>
       <c r="AD33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>RAF</v>
       </c>
       <c r="B34" t="str">
         <v>T14</v>
       </c>
       <c r="C34">
         <v>14</v>
       </c>
       <c r="D34" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E34">
         <v>-10</v>
       </c>
       <c r="F34">
         <v>110</v>
       </c>
+      <c r="G34">
+        <v>320525</v>
+      </c>
       <c r="H34" t="str">
         <v>szynom</v>
       </c>
       <c r="I34">
         <v>-4</v>
       </c>
       <c r="J34">
         <v>56</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>2</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>2</v>
       </c>
       <c r="P34">
@@ -10124,50 +10166,53 @@
       <c r="AC34">
         <v>2</v>
       </c>
       <c r="AD34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>RAF</v>
       </c>
       <c r="B35" t="str">
         <v>T14</v>
       </c>
       <c r="C35">
         <v>14</v>
       </c>
       <c r="D35" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E35">
         <v>-10</v>
       </c>
       <c r="F35">
         <v>110</v>
+      </c>
+      <c r="G35">
+        <v>320750</v>
       </c>
       <c r="H35" t="str">
         <v>fydziu</v>
       </c>
       <c r="I35">
         <v>-3</v>
       </c>
       <c r="J35">
         <v>57</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>2</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
         <v>2</v>
       </c>
       <c r="O35">
         <v>2</v>
       </c>