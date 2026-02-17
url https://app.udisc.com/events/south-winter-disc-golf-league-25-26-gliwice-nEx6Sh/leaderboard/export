--- v0 (2025-12-19)
+++ v1 (2026-02-17)
@@ -1092,50 +1092,53 @@
         <v>32</v>
       </c>
       <c r="L17">
         <v>30</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>RAE</v>
       </c>
       <c r="B18" t="str">
         <v>6</v>
       </c>
       <c r="C18">
         <v>6</v>
       </c>
       <c r="D18" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E18">
         <v>-7</v>
       </c>
       <c r="F18">
         <v>65</v>
       </c>
+      <c r="G18">
+        <v>320943</v>
+      </c>
       <c r="H18" t="str">
         <v>mcthin</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>-5</v>
       </c>
       <c r="K18">
         <v>34</v>
       </c>
       <c r="L18">
         <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>RAE</v>
       </c>
       <c r="B19" t="str">
         <v>7</v>
       </c>
       <c r="C19">
         <v>7</v>
@@ -1840,85 +1843,91 @@
         <v>35</v>
       </c>
       <c r="L37">
         <v>35</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>13</v>
       </c>
       <c r="C38">
         <v>13</v>
       </c>
       <c r="D38" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E38">
         <v>-1</v>
       </c>
       <c r="F38">
         <v>71</v>
       </c>
+      <c r="G38">
+        <v>320525</v>
+      </c>
       <c r="H38" t="str">
         <v>szynom</v>
       </c>
       <c r="I38">
         <v>-1</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
       <c r="K38">
         <v>35</v>
       </c>
       <c r="L38">
         <v>36</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>T14</v>
       </c>
       <c r="C39">
         <v>14</v>
       </c>
       <c r="D39" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39">
         <v>72</v>
       </c>
+      <c r="G39">
+        <v>321362</v>
+      </c>
       <c r="H39" t="str">
         <v>łacior</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
       <c r="K39">
         <v>36</v>
       </c>
       <c r="L39">
         <v>36</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
         <v>T14</v>
       </c>
       <c r="C40">
         <v>14</v>
@@ -2018,85 +2027,91 @@
         <v>40</v>
       </c>
       <c r="L42">
         <v>34</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>RAF</v>
       </c>
       <c r="B43" t="str">
         <v>T17</v>
       </c>
       <c r="C43">
         <v>17</v>
       </c>
       <c r="D43" t="str">
         <v>Jan Sobczak</v>
       </c>
       <c r="E43">
         <v>2</v>
       </c>
       <c r="F43">
         <v>74</v>
       </c>
+      <c r="G43">
+        <v>321090</v>
+      </c>
       <c r="H43" t="str">
         <v>bobczak</v>
       </c>
       <c r="I43">
         <v>1</v>
       </c>
       <c r="J43">
         <v>1</v>
       </c>
       <c r="K43">
         <v>37</v>
       </c>
       <c r="L43">
         <v>37</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>RAF</v>
       </c>
       <c r="B44" t="str">
         <v>19</v>
       </c>
       <c r="C44">
         <v>19</v>
       </c>
       <c r="D44" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E44">
         <v>3</v>
       </c>
       <c r="F44">
         <v>75</v>
       </c>
+      <c r="G44">
+        <v>321360</v>
+      </c>
       <c r="H44" t="str">
         <v>widmomw</v>
       </c>
       <c r="I44">
         <v>3</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
       <c r="K44">
         <v>39</v>
       </c>
       <c r="L44">
         <v>36</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>T20</v>
       </c>
       <c r="C45">
         <v>20</v>
@@ -2161,50 +2176,53 @@
         <v>34</v>
       </c>
       <c r="L46">
         <v>42</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>RAF</v>
       </c>
       <c r="B47" t="str">
         <v>T22</v>
       </c>
       <c r="C47">
         <v>22</v>
       </c>
       <c r="D47" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E47">
         <v>5</v>
       </c>
       <c r="F47">
         <v>77</v>
       </c>
+      <c r="G47">
+        <v>320750</v>
+      </c>
       <c r="H47" t="str">
         <v>fydziu</v>
       </c>
       <c r="I47">
         <v>6</v>
       </c>
       <c r="J47">
         <v>-1</v>
       </c>
       <c r="K47">
         <v>42</v>
       </c>
       <c r="L47">
         <v>35</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>RAF</v>
       </c>
       <c r="B48" t="str">
         <v>T22</v>
       </c>
       <c r="C48">
         <v>22</v>
@@ -2338,50 +2356,53 @@
       <c r="K51">
         <v>42</v>
       </c>
       <c r="L51">
         <v>39</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>RAF</v>
       </c>
       <c r="B52" t="str">
         <v>T27</v>
       </c>
       <c r="C52">
         <v>27</v>
       </c>
       <c r="D52" t="str">
         <v>Aleksander Kaźmierczak</v>
       </c>
       <c r="E52">
         <v>12</v>
       </c>
       <c r="F52">
         <v>84</v>
+      </c>
+      <c r="G52">
+        <v>319582</v>
       </c>
       <c r="H52" t="str">
         <v>poprostuolek</v>
       </c>
       <c r="I52">
         <v>7</v>
       </c>
       <c r="J52">
         <v>5</v>
       </c>
       <c r="K52">
         <v>43</v>
       </c>
       <c r="L52">
         <v>41</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>RAF</v>
       </c>
       <c r="B53" t="str">
         <v>T27</v>
       </c>
       <c r="C53">
@@ -3981,50 +4002,53 @@
         <v>3</v>
       </c>
       <c r="V19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>RAE</v>
       </c>
       <c r="B20" t="str">
         <v>T7</v>
       </c>
       <c r="C20">
         <v>7</v>
       </c>
       <c r="D20" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E20">
         <v>-2</v>
       </c>
       <c r="F20">
         <v>34</v>
       </c>
+      <c r="G20">
+        <v>320943</v>
+      </c>
       <c r="H20" t="str">
         <v>mcthin</v>
       </c>
       <c r="I20">
         <v>-2</v>
       </c>
       <c r="J20">
         <v>34</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
         <v>4</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
@@ -5120,188 +5144,194 @@
       </c>
       <c r="S36">
         <v>2</v>
       </c>
       <c r="T36">
         <v>3</v>
       </c>
       <c r="U36">
         <v>2</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>RAF</v>
       </c>
       <c r="B37" t="str">
         <v>T9</v>
       </c>
       <c r="C37">
         <v>9</v>
       </c>
       <c r="D37" t="str">
-        <v>Patryk Wiśniewski</v>
+        <v>Szymon Małota</v>
       </c>
       <c r="E37">
         <v>-1</v>
       </c>
       <c r="F37">
         <v>35</v>
       </c>
+      <c r="G37">
+        <v>320525</v>
+      </c>
       <c r="H37" t="str">
-        <v>wisnia</v>
+        <v>szynom</v>
       </c>
       <c r="I37">
         <v>-1</v>
       </c>
       <c r="J37">
         <v>35</v>
       </c>
       <c r="K37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M37">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S37">
         <v>3</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>T9</v>
       </c>
       <c r="C38">
         <v>9</v>
       </c>
       <c r="D38" t="str">
-        <v>Szymon Małota</v>
+        <v>Patryk Wiśniewski</v>
       </c>
       <c r="E38">
         <v>-1</v>
       </c>
       <c r="F38">
         <v>35</v>
       </c>
       <c r="H38" t="str">
-        <v>szynom</v>
+        <v>wisnia</v>
       </c>
       <c r="I38">
         <v>-1</v>
       </c>
       <c r="J38">
         <v>35</v>
       </c>
       <c r="K38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M38">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>14</v>
       </c>
       <c r="C39">
         <v>14</v>
       </c>
       <c r="D39" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39">
         <v>36</v>
       </c>
+      <c r="G39">
+        <v>321362</v>
+      </c>
       <c r="H39" t="str">
         <v>łacior</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39">
         <v>36</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
@@ -5323,50 +5353,53 @@
         <v>3</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>RAF</v>
       </c>
       <c r="B40" t="str">
         <v>T15</v>
       </c>
       <c r="C40">
         <v>15</v>
       </c>
       <c r="D40" t="str">
         <v>Jan Sobczak</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40">
         <v>37</v>
       </c>
+      <c r="G40">
+        <v>321090</v>
+      </c>
       <c r="H40" t="str">
         <v>bobczak</v>
       </c>
       <c r="I40">
         <v>1</v>
       </c>
       <c r="J40">
         <v>37</v>
       </c>
       <c r="K40">
         <v>2</v>
       </c>
       <c r="L40">
         <v>4</v>
       </c>
       <c r="M40">
         <v>4</v>
       </c>
       <c r="N40">
         <v>4</v>
       </c>
       <c r="O40">
         <v>2</v>
       </c>
       <c r="P40">
@@ -5643,164 +5676,167 @@
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
         <v>2</v>
       </c>
       <c r="V44">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>RAF</v>
       </c>
       <c r="B45" t="str">
         <v>T20</v>
       </c>
       <c r="C45">
         <v>20</v>
       </c>
       <c r="D45" t="str">
-        <v>Elesya koroglu</v>
+        <v>Mateusz Widawski</v>
       </c>
       <c r="E45">
         <v>3</v>
       </c>
       <c r="F45">
         <v>39</v>
       </c>
+      <c r="G45">
+        <v>321360</v>
+      </c>
       <c r="H45" t="str">
-        <v>eleboii</v>
+        <v>widmomw</v>
       </c>
       <c r="I45">
         <v>3</v>
       </c>
       <c r="J45">
         <v>39</v>
       </c>
       <c r="K45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
       <c r="Q45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R45">
         <v>3</v>
       </c>
       <c r="S45">
         <v>3</v>
       </c>
       <c r="T45">
         <v>3</v>
       </c>
       <c r="U45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V45">
         <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>RAF</v>
       </c>
       <c r="B46" t="str">
         <v>T20</v>
       </c>
       <c r="C46">
         <v>20</v>
       </c>
       <c r="D46" t="str">
-        <v>Mateusz Widawski</v>
+        <v>Elesya koroglu</v>
       </c>
       <c r="E46">
         <v>3</v>
       </c>
       <c r="F46">
         <v>39</v>
       </c>
       <c r="H46" t="str">
-        <v>widmomw</v>
+        <v>eleboii</v>
       </c>
       <c r="I46">
         <v>3</v>
       </c>
       <c r="J46">
         <v>39</v>
       </c>
       <c r="K46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
       <c r="Q46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R46">
         <v>3</v>
       </c>
       <c r="S46">
         <v>3</v>
       </c>
       <c r="T46">
         <v>3</v>
       </c>
       <c r="U46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V46">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>RAF</v>
       </c>
       <c r="B47" t="str">
         <v>T22</v>
       </c>
       <c r="C47">
         <v>22</v>
       </c>
       <c r="D47" t="str">
         <v>Dominik Baran</v>
       </c>
       <c r="E47">
         <v>4</v>
       </c>
       <c r="F47">
         <v>40</v>
       </c>
       <c r="G47">
@@ -6039,187 +6075,193 @@
       </c>
       <c r="S50">
         <v>3</v>
       </c>
       <c r="T50">
         <v>2</v>
       </c>
       <c r="U50">
         <v>4</v>
       </c>
       <c r="V50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>RAF</v>
       </c>
       <c r="B51" t="str">
         <v>T26</v>
       </c>
       <c r="C51">
         <v>26</v>
       </c>
       <c r="D51" t="str">
-        <v>Mateusz Stefaniak</v>
+        <v>Rafał Fyda</v>
       </c>
       <c r="E51">
         <v>6</v>
       </c>
       <c r="F51">
         <v>42</v>
       </c>
+      <c r="G51">
+        <v>320750</v>
+      </c>
       <c r="H51" t="str">
-        <v>stjepanejro</v>
+        <v>fydziu</v>
       </c>
       <c r="I51">
         <v>6</v>
       </c>
       <c r="J51">
         <v>42</v>
       </c>
       <c r="K51">
         <v>2</v>
       </c>
       <c r="L51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N51">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O51">
         <v>3</v>
       </c>
       <c r="P51">
         <v>3</v>
       </c>
       <c r="Q51">
         <v>4</v>
       </c>
       <c r="R51">
         <v>4</v>
       </c>
       <c r="S51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T51">
         <v>4</v>
       </c>
       <c r="U51">
         <v>4</v>
       </c>
       <c r="V51">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>RAF</v>
       </c>
       <c r="B52" t="str">
         <v>T26</v>
       </c>
       <c r="C52">
         <v>26</v>
       </c>
       <c r="D52" t="str">
-        <v>Rafał Fyda</v>
+        <v>Mateusz Stefaniak</v>
       </c>
       <c r="E52">
         <v>6</v>
       </c>
       <c r="F52">
         <v>42</v>
       </c>
       <c r="H52" t="str">
-        <v>fydziu</v>
+        <v>stjepanejro</v>
       </c>
       <c r="I52">
         <v>6</v>
       </c>
       <c r="J52">
         <v>42</v>
       </c>
       <c r="K52">
         <v>2</v>
       </c>
       <c r="L52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N52">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
       <c r="Q52">
         <v>4</v>
       </c>
       <c r="R52">
         <v>4</v>
       </c>
       <c r="S52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T52">
         <v>4</v>
       </c>
       <c r="U52">
         <v>4</v>
       </c>
       <c r="V52">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>RAF</v>
       </c>
       <c r="B53" t="str">
         <v>28</v>
       </c>
       <c r="C53">
         <v>28</v>
       </c>
       <c r="D53" t="str">
         <v>Aleksander Kaźmierczak</v>
       </c>
       <c r="E53">
         <v>7</v>
       </c>
       <c r="F53">
         <v>43</v>
+      </c>
+      <c r="G53">
+        <v>319582</v>
       </c>
       <c r="H53" t="str">
         <v>poprostuolek</v>
       </c>
       <c r="I53">
         <v>7</v>
       </c>
       <c r="J53">
         <v>43</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53">
         <v>5</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
@@ -7888,50 +7930,53 @@
         <v>3</v>
       </c>
       <c r="V17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>RAE</v>
       </c>
       <c r="B18" t="str">
         <v>6</v>
       </c>
       <c r="C18">
         <v>6</v>
       </c>
       <c r="D18" t="str">
         <v>Jakub Paszek</v>
       </c>
       <c r="E18">
         <v>-7</v>
       </c>
       <c r="F18">
         <v>65</v>
       </c>
+      <c r="G18">
+        <v>320943</v>
+      </c>
       <c r="H18" t="str">
         <v>mcthin</v>
       </c>
       <c r="I18">
         <v>-5</v>
       </c>
       <c r="J18">
         <v>31</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
@@ -9236,50 +9281,53 @@
         <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>RAF</v>
       </c>
       <c r="B38" t="str">
         <v>13</v>
       </c>
       <c r="C38">
         <v>13</v>
       </c>
       <c r="D38" t="str">
         <v>Szymon Małota</v>
       </c>
       <c r="E38">
         <v>-1</v>
       </c>
       <c r="F38">
         <v>71</v>
       </c>
+      <c r="G38">
+        <v>320525</v>
+      </c>
       <c r="H38" t="str">
         <v>szynom</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38">
         <v>36</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>2</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
         <v>5</v>
       </c>
       <c r="O38">
         <v>4</v>
       </c>
       <c r="P38">
@@ -9301,50 +9349,53 @@
         <v>3</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>RAF</v>
       </c>
       <c r="B39" t="str">
         <v>T14</v>
       </c>
       <c r="C39">
         <v>14</v>
       </c>
       <c r="D39" t="str">
         <v>Mateusz Łaciak</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39">
         <v>72</v>
       </c>
+      <c r="G39">
+        <v>321362</v>
+      </c>
       <c r="H39" t="str">
         <v>łacior</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39">
         <v>36</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>4</v>
       </c>
       <c r="N39">
         <v>2</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
@@ -9564,50 +9615,53 @@
         <v>3</v>
       </c>
       <c r="V42">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>RAF</v>
       </c>
       <c r="B43" t="str">
         <v>T17</v>
       </c>
       <c r="C43">
         <v>17</v>
       </c>
       <c r="D43" t="str">
         <v>Jan Sobczak</v>
       </c>
       <c r="E43">
         <v>2</v>
       </c>
       <c r="F43">
         <v>74</v>
       </c>
+      <c r="G43">
+        <v>321090</v>
+      </c>
       <c r="H43" t="str">
         <v>bobczak</v>
       </c>
       <c r="I43">
         <v>1</v>
       </c>
       <c r="J43">
         <v>37</v>
       </c>
       <c r="K43">
         <v>2</v>
       </c>
       <c r="L43">
         <v>4</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
@@ -9629,50 +9683,53 @@
         <v>4</v>
       </c>
       <c r="V43">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>RAF</v>
       </c>
       <c r="B44" t="str">
         <v>19</v>
       </c>
       <c r="C44">
         <v>19</v>
       </c>
       <c r="D44" t="str">
         <v>Mateusz Widawski</v>
       </c>
       <c r="E44">
         <v>3</v>
       </c>
       <c r="F44">
         <v>75</v>
       </c>
+      <c r="G44">
+        <v>321360</v>
+      </c>
       <c r="H44" t="str">
         <v>widmomw</v>
       </c>
       <c r="I44">
         <v>0</v>
       </c>
       <c r="J44">
         <v>36</v>
       </c>
       <c r="K44">
         <v>2</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
@@ -9827,50 +9884,53 @@
         <v>4</v>
       </c>
       <c r="V46">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>RAF</v>
       </c>
       <c r="B47" t="str">
         <v>T22</v>
       </c>
       <c r="C47">
         <v>22</v>
       </c>
       <c r="D47" t="str">
         <v>Rafał Fyda</v>
       </c>
       <c r="E47">
         <v>5</v>
       </c>
       <c r="F47">
         <v>77</v>
       </c>
+      <c r="G47">
+        <v>320750</v>
+      </c>
       <c r="H47" t="str">
         <v>fydziu</v>
       </c>
       <c r="I47">
         <v>-1</v>
       </c>
       <c r="J47">
         <v>35</v>
       </c>
       <c r="K47">
         <v>3</v>
       </c>
       <c r="L47">
         <v>3</v>
       </c>
       <c r="M47">
         <v>3</v>
       </c>
       <c r="N47">
         <v>3</v>
       </c>
       <c r="O47">
         <v>3</v>
       </c>
       <c r="P47">
@@ -10154,50 +10214,53 @@
       <c r="U51">
         <v>3</v>
       </c>
       <c r="V51">
         <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>RAF</v>
       </c>
       <c r="B52" t="str">
         <v>T27</v>
       </c>
       <c r="C52">
         <v>27</v>
       </c>
       <c r="D52" t="str">
         <v>Aleksander Kaźmierczak</v>
       </c>
       <c r="E52">
         <v>12</v>
       </c>
       <c r="F52">
         <v>84</v>
+      </c>
+      <c r="G52">
+        <v>319582</v>
       </c>
       <c r="H52" t="str">
         <v>poprostuolek</v>
       </c>
       <c r="I52">
         <v>5</v>
       </c>
       <c r="J52">
         <v>41</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>2</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>4</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>