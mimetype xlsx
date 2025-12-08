--- v0 (2025-11-18)
+++ v1 (2025-12-08)
@@ -1436,50 +1436,53 @@
         <v>4</v>
       </c>
       <c r="AF10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="E11" t="str">
         <v>Herrer</v>
       </c>
       <c r="F11" t="str">
         <v>2</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11" t="str">
         <v>Daniel melin</v>
       </c>
       <c r="I11">
         <v>-7</v>
       </c>
       <c r="J11">
         <v>47</v>
       </c>
+      <c r="K11">
+        <v>166079</v>
+      </c>
       <c r="L11" t="str">
         <v>malle75</v>
       </c>
       <c r="M11">
         <v>-7</v>
       </c>
       <c r="N11">
         <v>47</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
         <v>2</v>
       </c>
       <c r="T11">