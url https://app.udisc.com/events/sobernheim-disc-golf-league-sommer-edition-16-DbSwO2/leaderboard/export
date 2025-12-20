--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -1249,50 +1249,53 @@
       </c>
       <c r="C9">
         <v>3</v>
       </c>
       <c r="D9">
         <v>-1</v>
       </c>
       <c r="E9" t="str">
         <v>Sp</v>
       </c>
       <c r="F9" t="str">
         <v>T4</v>
       </c>
       <c r="G9">
         <v>4</v>
       </c>
       <c r="H9" t="str">
         <v>Tobias Weisser</v>
       </c>
       <c r="I9">
         <v>4</v>
       </c>
       <c r="J9">
         <v>49</v>
       </c>
+      <c r="K9">
+        <v>317536</v>
+      </c>
       <c r="L9" t="str">
         <v>fuchss</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>49</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
       <c r="T9">