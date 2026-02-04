--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -2395,50 +2395,53 @@
         <v>2</v>
       </c>
       <c r="AC22" t="str">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA3</v>
       </c>
       <c r="B23" t="str">
         <v>T6</v>
       </c>
       <c r="C23">
         <v>6</v>
       </c>
       <c r="D23" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
         <v>64</v>
       </c>
+      <c r="G23">
+        <v>275271</v>
+      </c>
       <c r="H23" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I23">
         <v>8</v>
       </c>
       <c r="J23">
         <v>64</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">