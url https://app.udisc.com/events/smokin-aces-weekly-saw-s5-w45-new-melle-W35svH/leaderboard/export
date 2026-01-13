--- v0 (2025-11-29)
+++ v1 (2026-01-13)
@@ -2559,209 +2559,212 @@
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
       <c r="AC24" t="str">
         <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>T8</v>
       </c>
       <c r="C25">
         <v>8</v>
       </c>
       <c r="D25" t="str">
-        <v>Alec Kneer</v>
+        <v>Nick Blackburn</v>
       </c>
       <c r="E25">
         <v>4</v>
       </c>
       <c r="F25">
         <v>59</v>
       </c>
       <c r="G25">
-        <v>275593</v>
+        <v>275271</v>
       </c>
       <c r="H25" t="str">
-        <v>alec045</v>
+        <v>nickblackburn</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>59</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M25">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="N25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T25">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC25" t="str">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>T8</v>
       </c>
       <c r="C26">
         <v>8</v>
       </c>
       <c r="D26" t="str">
-        <v>Nick Blackburn</v>
+        <v>Alec Kneer</v>
       </c>
       <c r="E26">
         <v>4</v>
       </c>
       <c r="F26">
         <v>59</v>
       </c>
+      <c r="G26">
+        <v>275593</v>
+      </c>
       <c r="H26" t="str">
-        <v>nickblackburn</v>
+        <v>alec045</v>
       </c>
       <c r="I26">
         <v>4</v>
       </c>
       <c r="J26">
         <v>59</v>
       </c>
       <c r="K26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M26">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T26">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC26" t="str">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>10</v>
       </c>
       <c r="C27">
         <v>10</v>
       </c>
       <c r="D27" t="str">
         <v>Tyler Hook</v>
       </c>
       <c r="E27">
         <v>5</v>
       </c>
       <c r="F27">
         <v>60</v>
       </c>
       <c r="G27">