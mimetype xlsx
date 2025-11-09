--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -620,51 +620,51 @@
       <c r="U2">
         <v>2</v>
       </c>
       <c r="V2">
         <v>4</v>
       </c>
       <c r="W2">
         <v>4</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>4</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2" t="str">
-        <v>x1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Taylor Thomas</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>53</v>
       </c>
       <c r="G3">
         <v>93533</v>
       </c>
       <c r="H3" t="str">
@@ -709,51 +709,51 @@
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>5</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3" t="str">
-        <v>x1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Richard French</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
       <c r="G4">
         <v>94079</v>
       </c>
       <c r="H4" t="str">
@@ -798,51 +798,51 @@
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>4</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4" t="str">
-        <v>x1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>T2</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" t="str">
         <v>Todd Lazar</v>
       </c>
       <c r="E5">
         <v>-5</v>
       </c>
       <c r="F5">
         <v>53</v>
       </c>
       <c r="G5">
         <v>156494</v>
       </c>
       <c r="H5" t="str">
@@ -887,51 +887,51 @@
       <c r="U5">
         <v>2</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5" t="str">
-        <v>x1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Patrick Ruschke</v>
       </c>
       <c r="E6">
         <v>-4</v>
       </c>
       <c r="F6">
         <v>54</v>
       </c>
       <c r="G6">
         <v>53624</v>
       </c>
       <c r="H6" t="str">
@@ -976,51 +976,51 @@
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>5</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6" t="str">
-        <v>x1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Justin Mount</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>54</v>
       </c>
       <c r="G7">
         <v>55110</v>
       </c>
       <c r="H7" t="str">
@@ -1065,51 +1065,51 @@
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7" t="str">
-        <v>x1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Kyle Potter</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>55</v>
       </c>
       <c r="G8">
         <v>93744</v>
       </c>
       <c r="H8" t="str">
@@ -1153,53 +1153,50 @@
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>4</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
-      <c r="AC8" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Evan Meiners</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>55</v>
       </c>
       <c r="G9">
         <v>119354</v>
       </c>
       <c r="H9" t="str">
         <v>evanmeiners</v>
@@ -1242,53 +1239,50 @@
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>4</v>
       </c>
       <c r="AA9">
         <v>5</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
-      <c r="AC9" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Gabriel Rish</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
         <v>55</v>
       </c>
       <c r="G10">
         <v>253452</v>
       </c>
       <c r="H10" t="str">
         <v>gabrielrish</v>
@@ -1331,53 +1325,50 @@
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="X10">
         <v>2</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>6</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
-      <c r="AC10" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Adam Vandivier</v>
       </c>
       <c r="E11">
         <v>-1</v>
       </c>
       <c r="F11">
         <v>57</v>
       </c>
       <c r="G11">
         <v>120367</v>
       </c>
       <c r="H11" t="str">
         <v>adamvandivier</v>
@@ -1420,53 +1411,50 @@
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
       <c r="X11">
         <v>4</v>
       </c>
       <c r="Y11">
         <v>4</v>
       </c>
       <c r="Z11">
         <v>7</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
-      <c r="AC11" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Allen Hooper</v>
       </c>
       <c r="E12">
         <v>2</v>
       </c>
       <c r="F12">
         <v>60</v>
       </c>
       <c r="G12">
         <v>54132</v>
       </c>
       <c r="H12" t="str">
         <v>allenhoop</v>
@@ -1509,53 +1497,50 @@
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>4</v>
       </c>
       <c r="X12">
         <v>2</v>
       </c>
       <c r="Y12">
         <v>4</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>9</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
-      <c r="AC12" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA1</v>
       </c>
       <c r="B13" t="str">
         <v>1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="str">
         <v>Bernie Hertweck</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>58</v>
       </c>
       <c r="G13">
         <v>71268</v>
       </c>
       <c r="H13" t="str">
         <v>berniemac22</v>
@@ -1599,51 +1584,51 @@
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>6</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
       <c r="AC13" t="str">
-        <v>x1</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
       <c r="B14" t="str">
         <v>2</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14" t="str">
         <v>Marcus Nickens</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>59</v>
       </c>
       <c r="G14">
         <v>270151</v>
       </c>
       <c r="H14" t="str">
@@ -1688,51 +1673,51 @@
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>5</v>
       </c>
       <c r="X14">
         <v>4</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14" t="str">
-        <v>x1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA1</v>
       </c>
       <c r="B15" t="str">
         <v>3</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="str">
         <v>Anthony West</v>
       </c>
       <c r="E15">
         <v>3</v>
       </c>
       <c r="F15">
         <v>61</v>
       </c>
       <c r="G15">
         <v>105101</v>
       </c>
       <c r="H15" t="str">
@@ -1776,53 +1761,50 @@
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
         <v>5</v>
       </c>
       <c r="Y15">
         <v>2</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
         <v>5</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
-      <c r="AC15" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA2</v>
       </c>
       <c r="B16" t="str">
         <v>T1</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="str">
         <v>Blake Teeter</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>59</v>
       </c>
       <c r="G16">
         <v>227077</v>
       </c>
       <c r="H16" t="str">
         <v>blaketeeter</v>
@@ -1866,51 +1848,51 @@
       <c r="U16">
         <v>2</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>5</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>5</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16" t="str">
-        <v>x1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA2</v>
       </c>
       <c r="B17" t="str">
         <v>T1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
         <v>Mitch McDuffey</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
         <v>59</v>
       </c>
       <c r="G17">
         <v>241821</v>
       </c>
       <c r="H17" t="str">
@@ -1955,51 +1937,51 @@
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
         <v>5</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>5</v>
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
       <c r="AC17" t="str">
-        <v>x1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA2</v>
       </c>
       <c r="B18" t="str">
         <v>3</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="str">
         <v>Joshua Campbell</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>61</v>
       </c>
       <c r="G18">
         <v>201891</v>
       </c>
       <c r="H18" t="str">
@@ -2043,53 +2025,50 @@
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>4</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
         <v>5</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
-      <c r="AC18" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA2</v>
       </c>
       <c r="B19" t="str">
         <v>4</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19" t="str">
         <v>Jacob Lovett</v>
       </c>
       <c r="E19">
         <v>9</v>
       </c>
       <c r="F19">
         <v>67</v>
       </c>
       <c r="G19">
         <v>120780</v>
       </c>
       <c r="H19" t="str">
         <v>airhorn</v>
@@ -2132,53 +2111,50 @@
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>4</v>
       </c>
       <c r="Z19">
         <v>5</v>
       </c>
       <c r="AA19">
         <v>7</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
-      <c r="AC19" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA3</v>
       </c>
       <c r="B20" t="str">
         <v>T1</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="str">
         <v>Dustin Lehn</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
         <v>58</v>
       </c>
       <c r="G20">
         <v>187736</v>
       </c>
       <c r="H20" t="str">
         <v>dustinlehn</v>
@@ -2222,51 +2198,51 @@
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
         <v>4</v>
       </c>
       <c r="X20">
         <v>4</v>
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20">
         <v>4</v>
       </c>
       <c r="AA20">
         <v>6</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20" t="str">
-        <v>x1</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA3</v>
       </c>
       <c r="B21" t="str">
         <v>T1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>58</v>
       </c>
       <c r="H21" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I21">
@@ -2308,51 +2284,51 @@
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
         <v>2</v>
       </c>
       <c r="Z21">
         <v>5</v>
       </c>
       <c r="AA21">
         <v>5</v>
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
       <c r="AC21" t="str">
-        <v>x1</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA3</v>
       </c>
       <c r="B22" t="str">
         <v>3</v>
       </c>
       <c r="C22">
         <v>3</v>
       </c>
       <c r="D22" t="str">
         <v>Eric Nickens</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
         <v>59</v>
       </c>
       <c r="G22">
         <v>241745</v>
       </c>
       <c r="H22" t="str">
@@ -2397,51 +2373,51 @@
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>4</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
         <v>4</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22" t="str">
-        <v>x1</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA3</v>
       </c>
       <c r="B23" t="str">
         <v>4</v>
       </c>
       <c r="C23">
         <v>4</v>
       </c>
       <c r="D23" t="str">
         <v>Adrian Howard</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>60</v>
       </c>
       <c r="G23">
         <v>193005</v>
       </c>
       <c r="H23" t="str">
@@ -2486,51 +2462,51 @@
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
         <v>3</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>4</v>
       </c>
       <c r="AA23">
         <v>8</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23" t="str">
-        <v>x1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA3</v>
       </c>
       <c r="B24" t="str">
         <v>T5</v>
       </c>
       <c r="C24">
         <v>5</v>
       </c>
       <c r="D24" t="str">
         <v>Jimmy Anderson</v>
       </c>
       <c r="E24">
         <v>3</v>
       </c>
       <c r="F24">
         <v>61</v>
       </c>
       <c r="G24">
         <v>184219</v>
       </c>
       <c r="H24" t="str">
@@ -2575,51 +2551,51 @@
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
         <v>4</v>
       </c>
       <c r="X24">
         <v>6</v>
       </c>
       <c r="Y24">
         <v>4</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>4</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
       <c r="AC24" t="str">
-        <v>x1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>T5</v>
       </c>
       <c r="C25">
         <v>5</v>
       </c>
       <c r="D25" t="str">
         <v>Jeramie Pilsing</v>
       </c>
       <c r="E25">
         <v>3</v>
       </c>
       <c r="F25">
         <v>61</v>
       </c>
       <c r="H25" t="str">
         <v>jeramiep</v>
       </c>
       <c r="I25">
@@ -2661,51 +2637,51 @@
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
         <v>5</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
         <v>5</v>
       </c>
       <c r="Z25">
         <v>4</v>
       </c>
       <c r="AA25">
         <v>6</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
       <c r="AC25" t="str">
-        <v>x1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>7</v>
       </c>
       <c r="C26">
         <v>7</v>
       </c>
       <c r="D26" t="str">
         <v>Chad Wolford</v>
       </c>
       <c r="E26">
         <v>6</v>
       </c>
       <c r="F26">
         <v>64</v>
       </c>
       <c r="G26">
         <v>171871</v>
       </c>
       <c r="H26" t="str">
@@ -2749,53 +2725,50 @@
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
         <v>4</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
         <v>5</v>
       </c>
       <c r="Z26">
         <v>6</v>
       </c>
       <c r="AA26">
         <v>6</v>
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
-      <c r="AC26" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>8</v>
       </c>
       <c r="C27">
         <v>8</v>
       </c>
       <c r="D27" t="str">
         <v>Daniel Riddle</v>
       </c>
       <c r="E27">
         <v>7</v>
       </c>
       <c r="F27">
         <v>65</v>
       </c>
       <c r="G27">
         <v>146311</v>
       </c>
       <c r="H27" t="str">
         <v>steiny23</v>
@@ -2838,53 +2811,50 @@
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
         <v>5</v>
       </c>
       <c r="X27">
         <v>2</v>
       </c>
       <c r="Y27">
         <v>5</v>
       </c>
       <c r="Z27">
         <v>4</v>
       </c>
       <c r="AA27">
         <v>5</v>
       </c>
       <c r="AB27">
         <v>2</v>
       </c>
-      <c r="AC27" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA3</v>
       </c>
       <c r="B28" t="str">
         <v>9</v>
       </c>
       <c r="C28">
         <v>9</v>
       </c>
       <c r="D28" t="str">
         <v>Eric Vaughan</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
         <v>66</v>
       </c>
       <c r="H28" t="str">
         <v>evaughan44</v>
       </c>
       <c r="I28">
         <v>8</v>
@@ -2924,53 +2894,50 @@
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
         <v>4</v>
       </c>
       <c r="W28">
         <v>2</v>
       </c>
       <c r="X28">
         <v>4</v>
       </c>
       <c r="Y28">
         <v>4</v>
       </c>
       <c r="Z28">
         <v>5</v>
       </c>
       <c r="AA28">
         <v>7</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
-      <c r="AC28" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>10</v>
       </c>
       <c r="C29">
         <v>10</v>
       </c>
       <c r="D29" t="str">
         <v>Joshua Dodge</v>
       </c>
       <c r="E29">
         <v>11</v>
       </c>
       <c r="F29">
         <v>69</v>
       </c>
       <c r="G29">
         <v>281089</v>
       </c>
       <c r="H29" t="str">
         <v>dxdger</v>
@@ -3013,53 +2980,50 @@
       </c>
       <c r="U29">
         <v>4</v>
       </c>
       <c r="V29">
         <v>3</v>
       </c>
       <c r="W29">
         <v>4</v>
       </c>
       <c r="X29">
         <v>5</v>
       </c>
       <c r="Y29">
         <v>4</v>
       </c>
       <c r="Z29">
         <v>5</v>
       </c>
       <c r="AA29">
         <v>8</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
-      <c r="AC29" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>11</v>
       </c>
       <c r="C30">
         <v>11</v>
       </c>
       <c r="D30" t="str">
         <v>Aj Riney</v>
       </c>
       <c r="E30">
         <v>20</v>
       </c>
       <c r="F30">
         <v>78</v>
       </c>
       <c r="G30">
         <v>240660</v>
       </c>
       <c r="H30" t="str">
         <v>ajriney</v>
@@ -3102,53 +3066,50 @@
       </c>
       <c r="U30">
         <v>4</v>
       </c>
       <c r="V30">
         <v>4</v>
       </c>
       <c r="W30">
         <v>4</v>
       </c>
       <c r="X30">
         <v>6</v>
       </c>
       <c r="Y30">
         <v>8</v>
       </c>
       <c r="Z30">
         <v>6</v>
       </c>
       <c r="AA30">
         <v>6</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
-      <c r="AC30" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA4</v>
       </c>
       <c r="B31" t="str">
         <v>1</v>
       </c>
       <c r="C31">
         <v>1</v>
       </c>
       <c r="D31" t="str">
         <v>Bryan Martin</v>
       </c>
       <c r="E31">
         <v>5</v>
       </c>
       <c r="F31">
         <v>63</v>
       </c>
       <c r="G31">
         <v>289202</v>
       </c>
       <c r="H31" t="str">
         <v>souldragon555</v>
@@ -3192,51 +3153,51 @@
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
         <v>6</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
         <v>4</v>
       </c>
       <c r="AA31">
         <v>5</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
       <c r="AC31" t="str">
-        <v>x1</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA4</v>
       </c>
       <c r="B32" t="str">
         <v>2</v>
       </c>
       <c r="C32">
         <v>2</v>
       </c>
       <c r="D32" t="str">
         <v>Malachi Catizon</v>
       </c>
       <c r="E32">
         <v>8</v>
       </c>
       <c r="F32">
         <v>66</v>
       </c>
       <c r="H32" t="str">
         <v>mcatizon10</v>
       </c>
       <c r="I32">
@@ -3278,51 +3239,51 @@
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
         <v>3</v>
       </c>
       <c r="W32">
         <v>4</v>
       </c>
       <c r="X32">
         <v>2</v>
       </c>
       <c r="Y32">
         <v>8</v>
       </c>
       <c r="Z32">
         <v>4</v>
       </c>
       <c r="AA32">
         <v>7</v>
       </c>
       <c r="AB32">
         <v>2</v>
       </c>
       <c r="AC32" t="str">
-        <v>x1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA4</v>
       </c>
       <c r="B33" t="str">
         <v>3</v>
       </c>
       <c r="C33">
         <v>3</v>
       </c>
       <c r="D33" t="str">
         <v>Ryan Anderson</v>
       </c>
       <c r="E33">
         <v>14</v>
       </c>
       <c r="F33">
         <v>72</v>
       </c>
       <c r="G33">
         <v>301454</v>
       </c>
       <c r="H33" t="str">
@@ -3366,53 +3327,50 @@
       </c>
       <c r="U33">
         <v>4</v>
       </c>
       <c r="V33">
         <v>3</v>
       </c>
       <c r="W33">
         <v>4</v>
       </c>
       <c r="X33">
         <v>3</v>
       </c>
       <c r="Y33">
         <v>5</v>
       </c>
       <c r="Z33">
         <v>10</v>
       </c>
       <c r="AA33">
         <v>6</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
-      <c r="AC33" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MP40</v>
       </c>
       <c r="B34" t="str">
         <v>1</v>
       </c>
       <c r="C34">
         <v>1</v>
       </c>
       <c r="D34" t="str">
         <v>Derek Green</v>
       </c>
       <c r="E34">
         <v>-6</v>
       </c>
       <c r="F34">
         <v>52</v>
       </c>
       <c r="G34">
         <v>48445</v>
       </c>
       <c r="H34" t="str">
         <v>dg48445</v>
@@ -3456,51 +3414,51 @@
       <c r="U34">
         <v>3</v>
       </c>
       <c r="V34">
         <v>2</v>
       </c>
       <c r="W34">
         <v>2</v>
       </c>
       <c r="X34">
         <v>2</v>
       </c>
       <c r="Y34">
         <v>3</v>
       </c>
       <c r="Z34">
         <v>5</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
       <c r="AC34" t="str">
-        <v>x1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MP40</v>
       </c>
       <c r="B35" t="str">
         <v>2</v>
       </c>
       <c r="C35">
         <v>2</v>
       </c>
       <c r="D35" t="str">
         <v>Jeff Diebold</v>
       </c>
       <c r="E35">
         <v>-4</v>
       </c>
       <c r="F35">
         <v>54</v>
       </c>
       <c r="H35" t="str">
         <v>deebs21</v>
       </c>
       <c r="I35">
@@ -3541,53 +3499,50 @@
       </c>
       <c r="U35">
         <v>2</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
         <v>3</v>
       </c>
       <c r="X35">
         <v>2</v>
       </c>
       <c r="Y35">
         <v>4</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
         <v>6</v>
       </c>
       <c r="AB35">
         <v>4</v>
       </c>
-      <c r="AC35" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA40</v>
       </c>
       <c r="B36" t="str">
         <v>1</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36" t="str">
         <v>Corey Campbell</v>
       </c>
       <c r="E36">
         <v>-2</v>
       </c>
       <c r="F36">
         <v>56</v>
       </c>
       <c r="G36">
         <v>44244</v>
       </c>
       <c r="H36" t="str">
         <v>nimbyfrolf</v>
@@ -3631,51 +3586,51 @@
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
         <v>4</v>
       </c>
       <c r="W36">
         <v>4</v>
       </c>
       <c r="X36">
         <v>2</v>
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
         <v>5</v>
       </c>
       <c r="AA36">
         <v>4</v>
       </c>
       <c r="AB36">
         <v>2</v>
       </c>
       <c r="AC36" t="str">
-        <v>x1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA40</v>
       </c>
       <c r="B37" t="str">
         <v>T2</v>
       </c>
       <c r="C37">
         <v>2</v>
       </c>
       <c r="D37" t="str">
         <v>T.C. Brown</v>
       </c>
       <c r="E37">
         <v>-1</v>
       </c>
       <c r="F37">
         <v>57</v>
       </c>
       <c r="G37">
         <v>89027</v>
       </c>
       <c r="H37" t="str">
@@ -3720,51 +3675,51 @@
       <c r="U37">
         <v>2</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
         <v>4</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
         <v>4</v>
       </c>
       <c r="AA37">
         <v>3</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
       <c r="AC37" t="str">
-        <v>x1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MA40</v>
       </c>
       <c r="B38" t="str">
         <v>T2</v>
       </c>
       <c r="C38">
         <v>2</v>
       </c>
       <c r="D38" t="str">
         <v>Cameron Steele</v>
       </c>
       <c r="E38">
         <v>-1</v>
       </c>
       <c r="F38">
         <v>57</v>
       </c>
       <c r="G38">
         <v>106160</v>
       </c>
       <c r="H38" t="str">
@@ -3809,51 +3764,51 @@
       <c r="U38">
         <v>4</v>
       </c>
       <c r="V38">
         <v>4</v>
       </c>
       <c r="W38">
         <v>3</v>
       </c>
       <c r="X38">
         <v>4</v>
       </c>
       <c r="Y38">
         <v>3</v>
       </c>
       <c r="Z38">
         <v>5</v>
       </c>
       <c r="AA38">
         <v>4</v>
       </c>
       <c r="AB38">
         <v>2</v>
       </c>
       <c r="AC38" t="str">
-        <v>x1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>MA40</v>
       </c>
       <c r="B39" t="str">
         <v>4</v>
       </c>
       <c r="C39">
         <v>4</v>
       </c>
       <c r="D39" t="str">
         <v>Brad Brammeier</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
         <v>59</v>
       </c>
       <c r="G39">
         <v>145135</v>
       </c>
       <c r="H39" t="str">
@@ -3898,51 +3853,51 @@
       <c r="U39">
         <v>2</v>
       </c>
       <c r="V39">
         <v>4</v>
       </c>
       <c r="W39">
         <v>4</v>
       </c>
       <c r="X39">
         <v>2</v>
       </c>
       <c r="Y39">
         <v>5</v>
       </c>
       <c r="Z39">
         <v>5</v>
       </c>
       <c r="AA39">
         <v>5</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
       <c r="AC39" t="str">
-        <v>x1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA40</v>
       </c>
       <c r="B40" t="str">
         <v>5</v>
       </c>
       <c r="C40">
         <v>5</v>
       </c>
       <c r="D40" t="str">
         <v>Cris Zurawski</v>
       </c>
       <c r="E40">
         <v>2</v>
       </c>
       <c r="F40">
         <v>60</v>
       </c>
       <c r="G40">
         <v>71269</v>
       </c>
       <c r="H40" t="str">
@@ -3986,53 +3941,50 @@
       </c>
       <c r="U40">
         <v>3</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
         <v>2</v>
       </c>
       <c r="X40">
         <v>3</v>
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
         <v>5</v>
       </c>
       <c r="AA40">
         <v>5</v>
       </c>
       <c r="AB40">
         <v>2</v>
       </c>
-      <c r="AC40" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MA40</v>
       </c>
       <c r="B41" t="str">
         <v>6</v>
       </c>
       <c r="C41">
         <v>6</v>
       </c>
       <c r="D41" t="str">
         <v>Henry Prebianca</v>
       </c>
       <c r="E41">
         <v>4</v>
       </c>
       <c r="F41">
         <v>62</v>
       </c>
       <c r="G41">
         <v>147290</v>
       </c>
       <c r="H41" t="str">
         <v>henryprebianca</v>
@@ -4075,53 +4027,50 @@
       </c>
       <c r="U41">
         <v>3</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
         <v>3</v>
       </c>
       <c r="X41">
         <v>3</v>
       </c>
       <c r="Y41">
         <v>4</v>
       </c>
       <c r="Z41">
         <v>5</v>
       </c>
       <c r="AA41">
         <v>6</v>
       </c>
       <c r="AB41">
         <v>4</v>
       </c>
-      <c r="AC41" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>MA40</v>
       </c>
       <c r="B42" t="str">
         <v>7</v>
       </c>
       <c r="C42">
         <v>7</v>
       </c>
       <c r="D42" t="str">
         <v>Greg Williams</v>
       </c>
       <c r="E42">
         <v>7</v>
       </c>
       <c r="F42">
         <v>65</v>
       </c>
       <c r="G42">
         <v>136687</v>
       </c>
       <c r="H42" t="str">
         <v>gwhitey521</v>
@@ -4164,53 +4113,50 @@
       </c>
       <c r="U42">
         <v>4</v>
       </c>
       <c r="V42">
         <v>3</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
         <v>4</v>
       </c>
       <c r="Z42">
         <v>5</v>
       </c>
       <c r="AA42">
         <v>5</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
-      <c r="AC42" t="str">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA40</v>
       </c>
       <c r="B43" t="str">
         <v>8</v>
       </c>
       <c r="C43">
         <v>8</v>
       </c>
       <c r="D43" t="str">
         <v>Dan Peraino</v>
       </c>
       <c r="E43">
         <v>9</v>
       </c>
       <c r="F43">
         <v>67</v>
       </c>
       <c r="G43">
         <v>85668</v>
       </c>
       <c r="H43" t="str">
         <v>danperaino</v>
@@ -4252,53 +4198,50 @@
         <v>3</v>
       </c>
       <c r="U43">
         <v>3</v>
       </c>
       <c r="V43">
         <v>4</v>
       </c>
       <c r="W43">
         <v>3</v>
       </c>
       <c r="X43">
         <v>4</v>
       </c>
       <c r="Y43">
         <v>4</v>
       </c>
       <c r="Z43">
         <v>5</v>
       </c>
       <c r="AA43">
         <v>6</v>
       </c>
       <c r="AB43">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>x1</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC43"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>