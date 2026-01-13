--- v1 (2025-11-09)
+++ v2 (2026-01-13)
@@ -2220,50 +2220,53 @@
         <v>3</v>
       </c>
       <c r="AC20" t="str">
         <v>26</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA3</v>
       </c>
       <c r="B21" t="str">
         <v>T1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>58</v>
       </c>
+      <c r="G21">
+        <v>275271</v>
+      </c>
       <c r="H21" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21">
         <v>58</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>2</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">