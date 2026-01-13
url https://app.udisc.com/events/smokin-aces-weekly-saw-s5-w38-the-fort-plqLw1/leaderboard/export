--- v0 (2025-10-20)
+++ v1 (2026-01-13)
@@ -3270,50 +3270,53 @@
         <v>3</v>
       </c>
       <c r="AB32">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA3</v>
       </c>
       <c r="B33" t="str">
         <v>16</v>
       </c>
       <c r="C33">
         <v>16</v>
       </c>
       <c r="D33" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E33">
         <v>6</v>
       </c>
       <c r="F33">
         <v>66</v>
       </c>
+      <c r="G33">
+        <v>275271</v>
+      </c>
       <c r="H33" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I33">
         <v>6</v>
       </c>
       <c r="J33">
         <v>66</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>4</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>4</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">