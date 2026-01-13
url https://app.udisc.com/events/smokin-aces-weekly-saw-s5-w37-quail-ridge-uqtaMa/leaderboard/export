--- v0 (2025-10-20)
+++ v1 (2026-01-13)
@@ -1865,197 +1865,200 @@
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>2</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16" t="str">
         <v>31</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA3</v>
       </c>
       <c r="B17" t="str">
         <v>T3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
-        <v>Billy Roll</v>
+        <v>Nick Blackburn</v>
       </c>
       <c r="E17">
         <v>-2</v>
       </c>
       <c r="F17">
         <v>52</v>
       </c>
       <c r="G17">
-        <v>295633</v>
+        <v>275271</v>
       </c>
       <c r="H17" t="str">
-        <v>bildo15</v>
+        <v>nickblackburn</v>
       </c>
       <c r="I17">
         <v>-2</v>
       </c>
       <c r="J17">
         <v>52</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
       <c r="AC17" t="str">
         <v>24</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>T3</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="str">
-        <v>Nick Blackburn</v>
+        <v>Billy Roll</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>52</v>
       </c>
+      <c r="G18">
+        <v>295633</v>
+      </c>
       <c r="H18" t="str">
-        <v>nickblackburn</v>
+        <v>bildo15</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>52</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18" t="str">
         <v>24</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA3</v>
       </c>
       <c r="B19" t="str">
         <v>T5</v>
       </c>
       <c r="C19">