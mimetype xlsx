--- v0 (2025-10-19)
+++ v1 (2026-01-13)
@@ -2906,209 +2906,212 @@
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>2</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
       <c r="AC28" t="str">
         <v>31</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>T1</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29" t="str">
-        <v>JasonEvans</v>
+        <v>Nick Blackburn</v>
       </c>
       <c r="E29">
         <v>-5</v>
       </c>
       <c r="F29">
         <v>51</v>
       </c>
       <c r="G29">
-        <v>308375</v>
+        <v>275271</v>
       </c>
       <c r="H29" t="str">
-        <v>evansjason</v>
+        <v>nickblackburn</v>
       </c>
       <c r="I29">
         <v>-5</v>
       </c>
       <c r="J29">
         <v>51</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S29">
         <v>2</v>
       </c>
       <c r="T29">
         <v>3</v>
       </c>
       <c r="U29">
         <v>2</v>
       </c>
       <c r="V29">
         <v>4</v>
       </c>
       <c r="W29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC29" t="str">
         <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>T1</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30" t="str">
-        <v>Nick Blackburn</v>
+        <v>JasonEvans</v>
       </c>
       <c r="E30">
         <v>-5</v>
       </c>
       <c r="F30">
         <v>51</v>
       </c>
+      <c r="G30">
+        <v>308375</v>
+      </c>
       <c r="H30" t="str">
-        <v>nickblackburn</v>
+        <v>evansjason</v>
       </c>
       <c r="I30">
         <v>-5</v>
       </c>
       <c r="J30">
         <v>51</v>
       </c>
       <c r="K30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S30">
         <v>2</v>
       </c>
       <c r="T30">
         <v>3</v>
       </c>
       <c r="U30">
         <v>2</v>
       </c>
       <c r="V30">
         <v>4</v>
       </c>
       <c r="W30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC30" t="str">
         <v>31</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>T4</v>
       </c>
       <c r="C31">
         <v>4</v>
       </c>
       <c r="D31" t="str">
         <v>Joe schenk</v>
       </c>
       <c r="E31">
         <v>-4</v>
       </c>
       <c r="F31">
         <v>52</v>
       </c>
       <c r="H31" t="str">