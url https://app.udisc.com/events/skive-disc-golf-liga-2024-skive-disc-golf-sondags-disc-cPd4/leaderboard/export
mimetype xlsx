--- v0 (2025-10-20)
+++ v1 (2026-02-18)
@@ -633,50 +633,53 @@
         <v>6</v>
       </c>
       <c r="AB2">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GUL</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Steffen Høgedal</v>
       </c>
       <c r="E3">
         <v>19</v>
       </c>
       <c r="F3">
         <v>84</v>
       </c>
+      <c r="G3">
+        <v>314454</v>
+      </c>
       <c r="H3" t="str">
         <v>høgedal</v>
       </c>
       <c r="I3">
         <v>19</v>
       </c>
       <c r="J3">
         <v>84</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>7</v>
       </c>
       <c r="N3">
         <v>5</v>
       </c>
       <c r="O3">
         <v>8</v>
       </c>
       <c r="P3">