--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1154,50 +1154,53 @@
       </c>
       <c r="C8">
         <v>2</v>
       </c>
       <c r="D8">
         <v>-1</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>T7</v>
       </c>
       <c r="G8">
         <v>7</v>
       </c>
       <c r="H8" t="str">
         <v xml:space="preserve">Oliver </v>
       </c>
       <c r="I8">
         <v>3</v>
       </c>
       <c r="J8">
         <v>57</v>
       </c>
+      <c r="K8">
+        <v>222124</v>
+      </c>
       <c r="L8" t="str">
         <v>opence</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>57</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">