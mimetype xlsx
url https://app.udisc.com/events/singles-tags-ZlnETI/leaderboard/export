--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -2315,50 +2315,53 @@
       </c>
       <c r="C20">
         <v>5</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
         <v>T14</v>
       </c>
       <c r="G20">
         <v>14</v>
       </c>
       <c r="H20" t="str">
         <v xml:space="preserve">Oliver </v>
       </c>
       <c r="I20">
         <v>5</v>
       </c>
       <c r="J20">
         <v>59</v>
       </c>
+      <c r="K20">
+        <v>222124</v>
+      </c>
       <c r="L20" t="str">
         <v>opence</v>
       </c>
       <c r="M20">
         <v>5</v>
       </c>
       <c r="N20">
         <v>59</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>4</v>
       </c>
       <c r="S20">
         <v>4</v>
       </c>
       <c r="T20">