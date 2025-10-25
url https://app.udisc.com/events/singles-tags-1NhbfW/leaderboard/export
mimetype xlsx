--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1350,50 +1350,53 @@
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>6</v>
       </c>
       <c r="G10">
         <v>6</v>
       </c>
       <c r="H10" t="str">
         <v xml:space="preserve">Oliver </v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>55</v>
       </c>
+      <c r="K10">
+        <v>222124</v>
+      </c>
       <c r="L10" t="str">
         <v>opence</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10">
         <v>55</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">