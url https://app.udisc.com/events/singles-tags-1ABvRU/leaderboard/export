--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1828,50 +1828,53 @@
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15">
         <v>1</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>T9</v>
       </c>
       <c r="G15">
         <v>9</v>
       </c>
       <c r="H15" t="str">
         <v xml:space="preserve">Oliver </v>
       </c>
       <c r="I15">
         <v>3</v>
       </c>
       <c r="J15">
         <v>57</v>
       </c>
+      <c r="K15">
+        <v>222124</v>
+      </c>
       <c r="L15" t="str">
         <v>opence</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>57</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
         <v>5</v>
       </c>
       <c r="T15">