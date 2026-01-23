--- v0 (2025-12-13)
+++ v1 (2026-01-23)
@@ -623,51 +623,51 @@
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>5</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2" t="str">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AD2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>BEAR</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>CCXiong</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
         <v>50</v>
       </c>
       <c r="H3" t="str">
@@ -712,51 +712,51 @@
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3" t="str">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>BEAR</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Adrian Lopez</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
         <v>51</v>
       </c>
       <c r="G4">
@@ -985,51 +985,51 @@
       <c r="U6">
         <v>2</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6" t="str">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AD6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>EAGLE</v>
       </c>
       <c r="B7" t="str">
         <v>3</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7" t="str">
         <v>Chris Cooper</v>
       </c>
       <c r="E7">
         <v>-5</v>
       </c>
       <c r="F7">
         <v>51</v>
       </c>
       <c r="G7">
@@ -1077,62 +1077,62 @@
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>2</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>5</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7" t="str">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="AD7">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>EAGLE</v>
       </c>
       <c r="B8" t="str">
-        <v>4</v>
+        <v>T4</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="str">
         <v>Moua xiong</v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="H8" t="str">
         <v>muajfeem</v>
       </c>
       <c r="I8">
         <v>-2</v>
       </c>
       <c r="J8">
         <v>54</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
@@ -1166,519 +1166,519 @@
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>2</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8" t="str">
-        <v>4</v>
+        <v>6.5</v>
       </c>
       <c r="AD8">
         <v>7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>EAGLE</v>
       </c>
       <c r="B9" t="str">
-        <v>5</v>
+        <v>T4</v>
       </c>
       <c r="C9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D9" t="str">
-        <v>Justin Alva</v>
+        <v xml:space="preserve">Peter Shriver </v>
       </c>
       <c r="E9">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F9">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="H9" t="str">
-        <v>alverson44</v>
+        <v>plowman</v>
       </c>
       <c r="I9">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J9">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA9">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC9" t="str">
-        <v>0</v>
+        <v>6.5</v>
       </c>
       <c r="AD9">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>EAGLE</v>
       </c>
       <c r="B10" t="str">
         <v>6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
-        <v>Lawrence Ramirez III</v>
+        <v>Justin Alva</v>
       </c>
       <c r="E10">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F10">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>160384</v>
+        <v>55</v>
       </c>
       <c r="H10" t="str">
-        <v>rahhdog</v>
+        <v>alverson44</v>
       </c>
       <c r="I10">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="J10">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>2</v>
       </c>
       <c r="AA10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC10" t="str">
         <v>0</v>
       </c>
       <c r="AD10">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>EAGLE</v>
       </c>
       <c r="B11" t="str">
         <v>7</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11" t="str">
-        <v>Zachary Wells</v>
+        <v>Lawrence Ramirez III</v>
       </c>
       <c r="E11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F11">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G11">
-        <v>166009</v>
+        <v>160384</v>
       </c>
       <c r="H11" t="str">
-        <v>zwells209</v>
+        <v>rahhdog</v>
       </c>
       <c r="I11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J11">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
       <c r="AC11" t="str">
         <v>0</v>
       </c>
       <c r="AD11">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>EAGLE</v>
       </c>
       <c r="B12" t="str">
         <v>8</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12" t="str">
-        <v>Kevin Hammon</v>
+        <v>Zachary Wells</v>
       </c>
       <c r="E12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F12">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G12">
-        <v>224877</v>
+        <v>166009</v>
       </c>
       <c r="H12" t="str">
-        <v>khammon</v>
+        <v>zwells209</v>
       </c>
       <c r="I12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J12">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC12" t="str">
         <v>0</v>
       </c>
       <c r="AD12">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>COYOTE</v>
+        <v>EAGLE</v>
       </c>
       <c r="B13" t="str">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D13" t="str">
-        <v xml:space="preserve">Peter Shriver </v>
+        <v>Kevin Hammon</v>
       </c>
       <c r="E13">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="F13">
-        <v>54</v>
+        <v>61</v>
+      </c>
+      <c r="G13">
+        <v>224877</v>
       </c>
       <c r="H13" t="str">
-        <v>plowman</v>
+        <v>khammon</v>
       </c>
       <c r="I13">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="J13">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC13" t="str">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AD13">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>COYOTE</v>
       </c>
       <c r="B14" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D14" t="str">
         <v xml:space="preserve">Austin Dockery </v>
       </c>
       <c r="E14">
         <v>32</v>
       </c>
       <c r="F14">
         <v>88</v>
       </c>
       <c r="H14" t="str">
         <v>austindocker743</v>
       </c>
       <c r="I14">
         <v>32</v>
       </c>
       <c r="J14">
         <v>88</v>
       </c>
       <c r="K14">
         <v>5</v>
       </c>
       <c r="L14">
         <v>5</v>
       </c>
@@ -1709,51 +1709,51 @@
       <c r="U14">
         <v>5</v>
       </c>
       <c r="V14">
         <v>5</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>5</v>
       </c>
       <c r="Y14">
         <v>5</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>5</v>
       </c>
       <c r="AB14">
         <v>5</v>
       </c>
       <c r="AC14" t="str">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AD14">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>OWL</v>
       </c>
       <c r="B15" t="str">
         <v>1</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15" t="str">
         <v>Anthony Butts</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>56</v>
       </c>
       <c r="G15">
@@ -1801,51 +1801,51 @@
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>2</v>
       </c>
       <c r="AA15">
         <v>5</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15" t="str">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AD15">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>OWL</v>
       </c>
       <c r="B16" t="str">
         <v>2</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16" t="str">
         <v>Jerry Ray</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16">
         <v>60</v>
       </c>
       <c r="G16">
@@ -1893,51 +1893,51 @@
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>5</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16" t="str">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD16">
         <v>13</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>OWL</v>
       </c>
       <c r="B17" t="str">
         <v>3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
         <v>Eric Dockery</v>
       </c>
       <c r="E17">
         <v>10</v>
       </c>
       <c r="F17">
         <v>66</v>
       </c>
       <c r="H17" t="str">