--- v0 (2025-10-21)
+++ v1 (2025-11-28)
@@ -6007,51 +6007,51 @@
       </c>
       <c r="AD61">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>MA4</v>
       </c>
       <c r="B62" t="str">
         <v>26</v>
       </c>
       <c r="C62">
         <v>26</v>
       </c>
       <c r="D62" t="str">
         <v>Jon Helton</v>
       </c>
       <c r="E62">
         <v>19</v>
       </c>
       <c r="F62">
         <v>80</v>
       </c>
       <c r="H62" t="str">
-        <v>jdisc1994</v>
+        <v/>
       </c>
       <c r="I62">
         <v>19</v>
       </c>
       <c r="J62">
         <v>80</v>
       </c>
       <c r="K62">
         <v>4</v>
       </c>
       <c r="L62">
         <v>3</v>
       </c>
       <c r="M62">
         <v>4</v>
       </c>
       <c r="N62">
         <v>5</v>
       </c>
       <c r="O62">
         <v>4</v>
       </c>
       <c r="P62">
         <v>4</v>
       </c>