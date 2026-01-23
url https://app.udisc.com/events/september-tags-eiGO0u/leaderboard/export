--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -3166,203 +3166,206 @@
       </c>
       <c r="Y32">
         <v>4</v>
       </c>
       <c r="Z32">
         <v>5</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>T31</v>
       </c>
       <c r="C33">
         <v>31</v>
       </c>
       <c r="D33" t="str">
-        <v>Colton Brown</v>
+        <v>Van Trinh</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
         <v>63</v>
       </c>
+      <c r="G33">
+        <v>308858</v>
+      </c>
       <c r="H33" t="str">
-        <v>coltonator04</v>
+        <v>spagoodle</v>
       </c>
       <c r="I33">
         <v>7</v>
       </c>
       <c r="J33">
         <v>63</v>
       </c>
       <c r="K33">
         <v>4</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R33">
         <v>5</v>
       </c>
       <c r="S33">
         <v>4</v>
       </c>
       <c r="T33">
         <v>3</v>
       </c>
       <c r="U33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V33">
         <v>3</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33">
         <v>3</v>
       </c>
       <c r="Y33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z33">
         <v>3</v>
       </c>
       <c r="AA33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB33">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T31</v>
       </c>
       <c r="C34">
         <v>31</v>
       </c>
       <c r="D34" t="str">
-        <v>Van Trinh</v>
+        <v>Colton Brown</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
         <v>63</v>
       </c>
       <c r="H34" t="str">
-        <v>spagoodle</v>
+        <v>coltonator04</v>
       </c>
       <c r="I34">
         <v>7</v>
       </c>
       <c r="J34">
         <v>63</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R34">
         <v>5</v>
       </c>
       <c r="S34">
         <v>4</v>
       </c>
       <c r="T34">
         <v>3</v>
       </c>
       <c r="U34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V34">
         <v>3</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34">
         <v>3</v>
       </c>
       <c r="Y34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB34">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
         <v>Gary McInnis II</v>
       </c>
       <c r="E35">
         <v>8</v>
       </c>
       <c r="F35">
         <v>64</v>
       </c>
       <c r="G35">
         <v>242455</v>
       </c>
       <c r="H35" t="str">