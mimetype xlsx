--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -2128,51 +2128,51 @@
       </c>
       <c r="AB20">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA3</v>
       </c>
       <c r="B21" t="str">
         <v>9</v>
       </c>
       <c r="C21">
         <v>9</v>
       </c>
       <c r="D21" t="str">
         <v>Leroy Smith III</v>
       </c>
       <c r="E21">
         <v>22</v>
       </c>
       <c r="F21">
         <v>77</v>
       </c>
       <c r="H21" t="str">
-        <v>feassco56</v>
+        <v/>
       </c>
       <c r="I21">
         <v>22</v>
       </c>
       <c r="J21">
         <v>77</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>5</v>
       </c>