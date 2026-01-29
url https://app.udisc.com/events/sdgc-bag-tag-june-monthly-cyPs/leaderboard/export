--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -2958,51 +2958,51 @@
       </c>
       <c r="AB30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>12</v>
       </c>
       <c r="C31">
         <v>12</v>
       </c>
       <c r="D31" t="str">
         <v>Leroy Smith III</v>
       </c>
       <c r="E31">
         <v>27</v>
       </c>
       <c r="F31">
         <v>81</v>
       </c>
       <c r="H31" t="str">
-        <v>feassco56</v>
+        <v/>
       </c>
       <c r="I31">
         <v>27</v>
       </c>
       <c r="J31">
         <v>81</v>
       </c>
       <c r="K31">
         <v>6</v>
       </c>
       <c r="L31">
         <v>6</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>2</v>
       </c>
       <c r="P31">
         <v>4</v>
       </c>