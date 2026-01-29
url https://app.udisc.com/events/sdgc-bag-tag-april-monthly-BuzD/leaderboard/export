--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -2543,51 +2543,51 @@
       </c>
       <c r="AB25">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>7</v>
       </c>
       <c r="C26">
         <v>7</v>
       </c>
       <c r="D26" t="str">
         <v>Leroy Smith III</v>
       </c>
       <c r="E26">
         <v>33</v>
       </c>
       <c r="F26">
         <v>89</v>
       </c>
       <c r="H26" t="str">
-        <v>feassco56</v>
+        <v/>
       </c>
       <c r="I26">
         <v>33</v>
       </c>
       <c r="J26">
         <v>89</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">
         <v>4</v>
       </c>