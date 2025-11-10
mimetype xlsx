--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -924,51 +924,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>AM1</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>William Nelson</v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
       <c r="F7">
         <v>63</v>
       </c>
       <c r="G7">
         <v>276798</v>
       </c>
       <c r="H7" t="str">
-        <v>hopfarm</v>
+        <v>billnelson</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>63</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>