--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -2285,50 +2285,53 @@
         <v>3</v>
       </c>
       <c r="AC21" t="str">
         <v>$10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA2</v>
       </c>
       <c r="B22" t="str">
         <v>T1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
         <v>Mikey Hachmeister</v>
       </c>
       <c r="E22">
         <v>-2</v>
       </c>
       <c r="F22">
         <v>52</v>
       </c>
+      <c r="G22">
+        <v>317910</v>
+      </c>
       <c r="H22" t="str">
         <v>michaeltellya</v>
       </c>
       <c r="I22">
         <v>-2</v>
       </c>
       <c r="J22">
         <v>52</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">