--- v0 (2026-01-09)
+++ v1 (2026-02-13)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB16"/>
+  <dimension ref="A1:AC16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="9.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="7.83203125" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="7.83203125" customWidth="1"/>
     <col min="14" max="14" width="7.83203125" customWidth="1"/>
     <col min="15" max="15" width="7.83203125" customWidth="1"/>
     <col min="16" max="16" width="7.83203125" customWidth="1"/>
     <col min="17" max="17" width="7.83203125" customWidth="1"/>
     <col min="18" max="18" width="7.83203125" customWidth="1"/>
     <col min="19" max="19" width="7.83203125" customWidth="1"/>
     <col min="20" max="20" width="10.83203125" customWidth="1"/>
     <col min="21" max="21" width="10.83203125" customWidth="1"/>
@@ -530,50 +530,53 @@
       </c>
       <c r="U1" t="str">
         <v>hole_O2 B9</v>
       </c>
       <c r="V1" t="str">
         <v>hole_O4 B9</v>
       </c>
       <c r="W1" t="str">
         <v>hole_O5 B9</v>
       </c>
       <c r="X1" t="str">
         <v>hole_O6 B9</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_O7 B9</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_O8 B9</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_O9 B9</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_9A B9</v>
       </c>
+      <c r="AC1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Chris Powell &amp; Greg Sorensen</v>
       </c>
       <c r="E2">
         <v>-15</v>
       </c>
       <c r="F2">
         <v>39</v>
       </c>
       <c r="H2" t="str">
         <v>powell2285,ntnos8nt</v>
       </c>
       <c r="I2">
         <v>-15</v>
@@ -613,50 +616,53 @@
       </c>
       <c r="U2">
         <v>2</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
+      <c r="AC2" t="str">
+        <v>$39</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Kevin Free &amp; Patrick Ruschke</v>
       </c>
       <c r="E3">
         <v>-15</v>
       </c>
       <c r="F3">
         <v>39</v>
       </c>
       <c r="H3" t="str">
         <v>kfree35,patruschke</v>
       </c>
       <c r="I3">
         <v>-15</v>
@@ -696,50 +702,53 @@
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
+      <c r="AC3" t="str">
+        <v>$39</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Anderson Heintz &amp; Joel Lender</v>
       </c>
       <c r="E4">
         <v>-13</v>
       </c>
       <c r="F4">
         <v>41</v>
       </c>
       <c r="H4" t="str">
         <v>mranderson57,joisle</v>
       </c>
       <c r="I4">
         <v>-13</v>
@@ -779,50 +788,53 @@
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
+      <c r="AC4" t="str">
+        <v>$19</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Bret Fendelman &amp; Brett Lawyer</v>
       </c>
       <c r="E5">
         <v>-13</v>
       </c>
       <c r="F5">
         <v>41</v>
       </c>
       <c r="H5" t="str">
         <v>blf89f,siiafu</v>
       </c>
       <c r="I5">
         <v>-13</v>
@@ -862,50 +874,53 @@
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
+      <c r="AC5" t="str">
+        <v>$19</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>William Rowe IV &amp; Garrett Fischer</v>
       </c>
       <c r="E6">
         <v>-11</v>
       </c>
       <c r="F6">
         <v>43</v>
       </c>
       <c r="H6" t="str">
         <v>willmrowe33,gnut313</v>
       </c>
       <c r="I6">
         <v>-11</v>
@@ -1778,51 +1793,51 @@
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB16"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 