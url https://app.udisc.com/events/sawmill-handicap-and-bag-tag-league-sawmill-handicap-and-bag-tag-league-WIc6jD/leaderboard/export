--- v0 (2025-10-24)
+++ v1 (2025-12-03)
@@ -2440,50 +2440,53 @@
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18">
         <v>2</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>T10</v>
       </c>
       <c r="G18">
         <v>10</v>
       </c>
       <c r="H18" t="str">
         <v>Greg B</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>79</v>
       </c>
+      <c r="K18">
+        <v>311179</v>
+      </c>
       <c r="L18" t="str">
         <v>tacotuesdays627</v>
       </c>
       <c r="M18">
         <v>0</v>
       </c>
       <c r="N18">
         <v>79</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>2</v>
       </c>
       <c r="T18">