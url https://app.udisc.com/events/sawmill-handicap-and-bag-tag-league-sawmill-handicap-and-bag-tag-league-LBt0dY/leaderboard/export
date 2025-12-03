--- v0 (2025-10-25)
+++ v1 (2025-12-03)
@@ -1637,50 +1637,53 @@
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11">
         <v>-3</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>9</v>
       </c>
       <c r="G11">
         <v>9</v>
       </c>
       <c r="H11" t="str">
         <v>Greg B</v>
       </c>
       <c r="I11">
         <v>5</v>
       </c>
       <c r="J11">
         <v>84</v>
       </c>
+      <c r="K11">
+        <v>311179</v>
+      </c>
       <c r="L11" t="str">
         <v>tacotuesdays627</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
         <v>84</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>5</v>
       </c>
       <c r="Q11">
         <v>2</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">