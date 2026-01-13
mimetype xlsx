--- v0 (2025-12-16)
+++ v1 (2026-01-13)
@@ -550,50 +550,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA2</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Nicholas Harwell</v>
       </c>
       <c r="E2">
         <v>-6</v>
       </c>
       <c r="F2">
         <v>49</v>
       </c>
+      <c r="G2">
+        <v>160976</v>
+      </c>
       <c r="H2" t="str">
         <v>thickynicky</v>
       </c>
       <c r="I2">
         <v>-6</v>
       </c>
       <c r="J2">
         <v>49</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">