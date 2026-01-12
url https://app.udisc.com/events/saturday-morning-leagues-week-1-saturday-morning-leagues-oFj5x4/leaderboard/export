--- v0 (2025-12-12)
+++ v1 (2026-01-12)
@@ -7027,50 +7027,53 @@
         <v>6</v>
       </c>
       <c r="AB76">
         <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>Purple</v>
       </c>
       <c r="B77" t="str">
         <v>6</v>
       </c>
       <c r="C77">
         <v>6</v>
       </c>
       <c r="D77" t="str">
         <v>Heather Hantelman</v>
       </c>
       <c r="E77">
         <v>17</v>
       </c>
       <c r="F77">
         <v>75</v>
       </c>
+      <c r="G77">
+        <v>314086</v>
+      </c>
       <c r="H77" t="str">
         <v>hhantelman</v>
       </c>
       <c r="I77">
         <v>17</v>
       </c>
       <c r="J77">
         <v>75</v>
       </c>
       <c r="K77">
         <v>4</v>
       </c>
       <c r="L77">
         <v>3</v>
       </c>
       <c r="M77">
         <v>6</v>
       </c>
       <c r="N77">
         <v>5</v>
       </c>
       <c r="O77">
         <v>3</v>
       </c>
       <c r="P77">