--- v0 (2025-10-28)
+++ v1 (2026-01-21)
@@ -1332,50 +1332,53 @@
         <v>3</v>
       </c>
       <c r="AF9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>5</v>
       </c>
       <c r="G10">
         <v>5</v>
       </c>
       <c r="H10" t="str">
         <v xml:space="preserve">Eric Welch </v>
       </c>
       <c r="I10">
         <v>12</v>
       </c>
       <c r="J10">
         <v>66</v>
       </c>
+      <c r="K10">
+        <v>282592</v>
+      </c>
       <c r="L10" t="str">
         <v>eric2018</v>
       </c>
       <c r="M10">
         <v>12</v>
       </c>
       <c r="N10">
         <v>66</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">