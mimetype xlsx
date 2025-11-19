--- v0 (2025-10-06)
+++ v1 (2025-11-19)
@@ -2181,50 +2181,53 @@
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>AM</v>
       </c>
       <c r="B21" t="str">
         <v>T7</v>
       </c>
       <c r="C21">
         <v>7</v>
       </c>
       <c r="D21" t="str">
         <v>Parker Roe</v>
       </c>
       <c r="E21">
         <v>3</v>
       </c>
       <c r="F21">
         <v>57</v>
       </c>
+      <c r="G21">
+        <v>295064</v>
+      </c>
       <c r="H21" t="str">
         <v>parkerroe</v>
       </c>
       <c r="I21">
         <v>3</v>
       </c>
       <c r="J21">
         <v>57</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>2</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">