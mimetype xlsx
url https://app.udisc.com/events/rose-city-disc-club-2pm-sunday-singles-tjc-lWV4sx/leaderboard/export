--- v0 (2025-10-06)
+++ v1 (2025-11-19)
@@ -1825,50 +1825,53 @@
         <v>4</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>AM</v>
       </c>
       <c r="B17" t="str">
         <v>8</v>
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17" t="str">
         <v>Parker Roe</v>
       </c>
       <c r="E17">
         <v>6</v>
       </c>
       <c r="F17">
         <v>63</v>
       </c>
+      <c r="G17">
+        <v>295064</v>
+      </c>
       <c r="H17" t="str">
         <v>parkerroe</v>
       </c>
       <c r="I17">
         <v>6</v>
       </c>
       <c r="J17">
         <v>63</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">